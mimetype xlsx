--- v1 (2025-12-13)
+++ v2 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7495" uniqueCount="3425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7711" uniqueCount="3519">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2358,50 +2358,125 @@
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1745/ildeu_-_req_230.2025_-_previsao_obras_espaco_situada_na_escola_herminia_diniz.pdf</t>
   </si>
   <si>
     <t>Ildeu - Req 230.2025 - previsão obras espaço situada na Escola Herminia Diniz</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1746/gercy_-_req_231.2025_-_previsao_reformas_ubs_especialmente_ubs_do_bairro_nossa_senhora_de_fatima.pdf</t>
   </si>
   <si>
     <t>Gercy - Req 231.2025 - previsão reformas UBS, especialmente UBS do bairro Nossa Senhora de Fátima</t>
   </si>
   <si>
+    <t>1764</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1764/cljrf_-_req_232.2025_-_suspensao_tramitacao_pl_2903.2025.pdf</t>
+  </si>
+  <si>
+    <t>CLJRF - Req 232.2025 - suspensão tramitação PL 2903.2025</t>
+  </si>
+  <si>
+    <t>1765</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1765/brandao_-_req_234.2025_-_informacoes_secretaria_de_saude_atendimento_oftalmologico_suspenso_no_dia_09.12.2025.pdf</t>
+  </si>
+  <si>
+    <t>Brandão - Req 234.2025 - informações Secretaria de Saúde atendimento oftalmológico suspenso no dia 09.12.2025</t>
+  </si>
+  <si>
+    <t>1766</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1766/carlos_alberto_-_req_236.2025_-_informacoes_obra_pavimentacao_asfaltica_realizada_na_avenida_mtz_mocambeiro.pdf</t>
+  </si>
+  <si>
+    <t>Carlos Alberto - Req 236.2025 - informações obra pavimentação asfáltica realizada na Avenida Mtz (Mocambeiro)</t>
+  </si>
+  <si>
+    <t>1767</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1767/ildeu_-_req_237.2025_-_informacoes_possibilidade_teste_de_cinomose_animais_de_pequeno_e_medio_porte.pdf</t>
+  </si>
+  <si>
+    <t>Ildeu - Req 237.2025 - informações possibilidade teste de cinomose animais de pequeno e médio porte</t>
+  </si>
+  <si>
+    <t>1768</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1768/ildeu_-_req_238.2025_-_previsao_instalacao_canil_publico.pdf</t>
+  </si>
+  <si>
+    <t>Ildeu - Req 238.2025 - previsão instalação canil público</t>
+  </si>
+  <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>CLJRF - Comissão de Legislação, Justiça e Redação Final, CFO - Comissão de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1785/cljrf_e_cfo_-_req_239.2025_-_dispensa_de_parecer_referente_ao_veto_parcial_pl_2880.2025_loa.pdf</t>
+  </si>
+  <si>
+    <t>CLJRF e CFO - Req 239.2025 - dispensa de parecer referente ao Veto Parcial PL 2880.2025 (LOA)</t>
+  </si>
+  <si>
     <t>1126</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1126/everton_-_ind_1.2025_-_limpeza_fossas_bairro_liberdade.pdf</t>
   </si>
   <si>
     <t>Everton - Ind 1.2025 - limpeza fossas bairro Liberdade</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/970/cesar_-_ind_2.2025_-_troca_de_lampadas_rua_maria_da_conceicao_paranhos.pdf</t>
   </si>
   <si>
     <t>César - Ind 2.2025 - troca de lâmpadas Rua Maria da Conceição Paranhos</t>
@@ -4350,137 +4425,119 @@
   <si>
     <t>Baltazar - Ind 229.2025 - reabertura porteira estrada Jaguara (Mocambeiro)</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1223/baltazar_-_ind_230.2025_-_instalacao_quebra_molas_rua_1o_de_maio_e_rua_jair_herculano.pdf</t>
   </si>
   <si>
     <t>Baltazar - Ind 230.2025 - instalação quebra molas Rua 1º de Maio e Rua Jair Herculano</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1224/carlos_alberto_-_ind_231.2025_-_postes_iluminacao_publica_rua_5.pdf</t>
   </si>
   <si>
     <t>Carlos Alberto - Ind 231.2025 - postes iluminação pública Rua 5</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>232</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1225/carlos_alberto_-_ind_232.2025_-_limpeza_praca_entre_as_ruas_30_e_31.pdf</t>
   </si>
   <si>
     <t>Carlos Alberto - Ind 232.2025 - limpeza praça entre as ruas 30 e 31</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1226/emanuel_-_ind_233.2025_-_melhorias_rua_jose_vieira_sobrinho.pdf</t>
   </si>
   <si>
     <t>Emanuel - Ind 233.2025 - melhorias Rua José Vieira Sobrinho</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>234</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1227/carlos_-_ind_234.2025_-_melhorias_ruas_cabiuna_jatoba_e_guaribu.pdf</t>
   </si>
   <si>
     <t>Carlos - Ind 234.2025 - melhorias Ruas Cabiúna, Jatobá e Guaribu</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1248/brandao_-_ind_235.2025_-_limpeza_da_rua_o.pdf</t>
   </si>
   <si>
     <t>Brandão - Ind 235.2025 - limpeza da Rua O</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>236</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1249/brandao_-_ind_236.2025_-_patrolamento_e_limpeza_rua_w.pdf</t>
   </si>
   <si>
     <t>Brandão - Ind 236.2025 - patrolamento e limpeza Rua W</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>237</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1250/cesar_-_ind_237.2025_-_iluminacao_publica_ruas_wilson_de_paula_martins_maria_ruth_de_paula_martins_rafael_de_paula_martins.pdf</t>
   </si>
   <si>
     <t>César - Ind 237.2025 - iluminação pública Ruas Wilson de Paula Martins, Maria Ruth de Paula Martins, Rafael de Paula Martins</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>238</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1251/ildeu_-_ind_238.2025_-_limpeza_e_asfaltamento_rua_prata.pdf</t>
   </si>
   <si>
     <t>Ildeu - Ind 238.2025 - limpeza e asfaltamento rua Prata</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>239</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1252/ildeu_-_ind_239.2025_-_asfaltamento_rua_maria_esteves_cotta.pdf</t>
   </si>
   <si>
     <t>Ildeu - Ind 239.2025 - asfaltamento Rua Maria Esteves Cotta</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1253/carlos_-_ind_240.2025_-_mauntencao_e_vistoria_rua_angelim.pdf</t>
   </si>
   <si>
     <t>Carlos - Ind 240.2025 - mauntenção e vistoria Rua Angelim</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1254/jose_miguel_-_ind_241.2025_-_sinalizacao_da_rua_varginha.pdf</t>
@@ -7482,50 +7539,170 @@
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1757/carlos_-_ind_518.2025_-_faixa_de_pedestres_redutor_de_velocidade_sinalizacao_na_mg_424_proximidades_mizu_cimentos.pdf</t>
   </si>
   <si>
     <t>Carlos - Ind 518.2025 - faixa de pedestres, redutor de velocidade, sinalização na MG 424 (proximidades Mizu Cimentos)</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1758/andre_-_ind_519.2025_-_criacao_sistema_municipal_de_regulacao_de_vagas_para_transferencia_e_encaminhamento_de_pacientes.pdf</t>
   </si>
   <si>
     <t>André - Ind 519.2025 - criação sistema municipal de regulação de vagas para transferência e encaminhamento de pacientes</t>
   </si>
   <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1769/ildeu_-_ind_520.2025_-_instalacao_redutor_de_velocidade_rua_grimaldi_de_mello.pdf</t>
+  </si>
+  <si>
+    <t>Ildeu - Ind 520.2025 - instalação redutor de velocidade Rua Grimaldi de Mello</t>
+  </si>
+  <si>
+    <t>1770</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1770/baltazar_-_ind_523.2025_-_instalacao_lixeiras_publicas_nas_vias_do_municipio_especialmente_bairro_sao_miguel.pdf</t>
+  </si>
+  <si>
+    <t>Baltazar - Ind 523.2025 - instalação lixeiras públicas nas vias do Município, especialmente bairro São Miguel</t>
+  </si>
+  <si>
+    <t>1771</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1771/everton_-_ind_524.2025_-_servicos_de_limpeza_drenagem_e_asfaltamento_rua_guaribu.pdf</t>
+  </si>
+  <si>
+    <t>Everton - Ind 524.2025 - serviços de limpeza, drenagem e asfaltamento Rua Guaribu</t>
+  </si>
+  <si>
+    <t>1772</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1772/jose_miguel_-_ind_525.2025_-_destinacao_terreno_publico_bairro_alvorada_para_instalacao_de_asilo.pdf</t>
+  </si>
+  <si>
+    <t>José Miguel - Ind 525.2025 - destinação terreno público bairro Alvorada para instalação de asilo</t>
+  </si>
+  <si>
+    <t>1773</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1773/everton_-_ind_526.2025_-_limpeza_capina_e_melhoria_iluminacao_rua_domingos_xavier_e_praca.pdf</t>
+  </si>
+  <si>
+    <t>Everton - Ind 526.2025 - limpeza, capina e melhoria iluminação Rua Domingos Xavier e praça</t>
+  </si>
+  <si>
+    <t>1774</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1774/baltazar_-_ind_527.2025_-_paisagismo_canteiro_central_entre_a_rua_juscelino_kubitschek_e_rodovia_mg_424.pdf</t>
+  </si>
+  <si>
+    <t>Baltazar - Ind 527.2025 - paisagismo canteiro central entre a Rua Juscelino Kubitschek e Rodovia MG 424</t>
+  </si>
+  <si>
+    <t>1775</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1775/jose_miguel_-_ind_528.2025_-_retirada_carcaca_na_rua_presidente_washington_luis.pdf</t>
+  </si>
+  <si>
+    <t>José Miguel - Ind 528.2025 - retirada carcaça na Rua Presidente Washington Luís</t>
+  </si>
+  <si>
+    <t>1776</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1776/ildeu_-_ind_529.2025_-_operacao_tapa_buracos_rua_barbacena.pdf</t>
+  </si>
+  <si>
+    <t>Ildeu - Ind 529.2025 - operação tapa buracos Rua Barbacena</t>
+  </si>
+  <si>
+    <t>1777</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1777/carlos_-_ind_530.2025_-_intervencao_e_melhorias_rua_cecilia_martins.pdf</t>
+  </si>
+  <si>
+    <t>Carlos - Ind 530.2025 - intervenção e melhorias Rua Cecilia Martins</t>
+  </si>
+  <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1778/andre_-_ind_531.2025_-_instalacao_ponto_de_onibus_proximo_ao_residencial_parque_das_mangueiras.pdf</t>
+  </si>
+  <si>
+    <t>André - Ind 531.2025 - instalação ponto de ônibus próximo ao Residencial Parque das Mangueiras</t>
+  </si>
+  <si>
     <t>890</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/890/ildeu_-_mocao_1.2025_-_parabenizacao_joice_cristina_da_silva.pdf</t>
   </si>
   <si>
     <t>Ildeu - Moção 1.2025 - Parabenização Joice Cristina da Silva</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/891/flavio_-_mocao_2.2025_-_pesar_familiares_maria_da_conceicao_jorge_da_silva_nhanha.pdf</t>
   </si>
   <si>
     <t>Flávio - Moção 2.2025 - Pesar familiares Maria da Conceição Jorge da Silva (Nhanha)</t>
   </si>
   <si>
     <t>892</t>
@@ -8091,50 +8268,68 @@
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1725/carlos_alberto_-_mocao_74.2025_-_parabenizacao_atleta_marcos_vinicius_de_araujo.pdf</t>
   </si>
   <si>
     <t>Carlos Alberto - Moção 74.2025 - parabenização atleta Marcos Vinicius de Araújo</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1747/ildeu_-_mocao_75.2025_-_parabenizacao_emerson_mares_pinheiro.pdf</t>
   </si>
   <si>
     <t>Ildeu - Moção 75.2025 - parabenização Emerson Mares Pinheiro</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1748/everton_-_mocao_76.2025_-_parabenizacao_cruz_fight_team_e_pantera_fight_team.pdf</t>
   </si>
   <si>
     <t>Everton - Moção 76.2025 - parabenização Cruz Fight Team e Pantera Fight Team</t>
   </si>
   <si>
+    <t>1779</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1779/ildeu_-_mocao_78.2025_-_parabenizacao_brayann_kevinny.pdf</t>
+  </si>
+  <si>
+    <t>Ildeu - Moção 78.2025 - parabenização Brayann Kevinny</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1781/flavio_-_mocao_79.2025_-_pesar_familiares_diogo_sobral_farias.pdf</t>
+  </si>
+  <si>
+    <t>Flávio - Moção 79.2025 - pesar familiares Diogo Sobral Farias</t>
+  </si>
+  <si>
     <t>911</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Ítalo Moraes Borges</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/911/pl_2823.2025_-_programa_de_recuperacao_de_creditos_fiscais_refis_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PL 2823.2025 - Programa de Recuperação de Créditos Fiscais REFIS (tramitação completa)</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>2824</t>
@@ -8766,54 +8961,54 @@
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1449/pl_2877.2025_-_denomina_via_publica_situada_no_distrito_de_mocambeiro_versao_site.pdf</t>
   </si>
   <si>
     <t>PL 2877.2025 - Denomina via pública situada no distrito de Mocambeiro. (tramitação completa)</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_2878.2025_-_institui_a_semana_da_forca_de_vontade_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PL 2878.2025 - Institui, no âmbito do município de Matozinhos, a ”Semana da Força de Vontade” e dá outras providências. (tramitação completa)</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_2879.2025_-_plano_plurianual_ppa_2026.2029.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2879.2025 - Dispõe sobre o Plano Plurianual – PPA do município de Matozinhos para o período 2026-2029, e dá outras providências.</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_2879.2025_-_plano_plurianual_ppa_2026.2029_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2879.2025 - Dispõe sobre o Plano Plurianual – PPA do município de Matozinhos para o período 2026-2029, e dá outras providências. (Tramitação completa)</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1474/pl_2880.2025_-_estima_receita_e_fixa_despesa_para_exercicio_financeiro_de_2026_loa_2026.pdf</t>
   </si>
   <si>
     <t>PL 2880.2025 - Estima as Receitas e fixa as Despesas do Orçamento Fiscal do Município de Matozinhos para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1496/pl_2881.2025_-_altera_lei_2584_de_17.07.23_que_dispoe_politica_municipal_direitos_crianca_e_adolescente_conselho_tutelar_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PL 2881.2025 - Altera a Lei Municipal nº 2854, de 17/07/2023, que: ‘Dispõe sobre a política municipal de atendimento aos direitos da Criança e do Adolescente, do Conselho Municipal dos Direitos da Criança e do Adolescente, do Conselho Tutelar e do Fundo Municipal dos Direitos da Criança e do Adolescente, revoga a Lei Municipal nº 2.085, de 06/01/2010 e dá outras providências’. (TRAMITAÇÃO COMPLETA)</t>
   </si>
@@ -8829,291 +9024,306 @@
   <si>
     <t>PL 2882.2025 - Autoriza a abertura de crédito adicional suplementar por superávit. (Tramitação completa)</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1537/pl_2883.2025_-_concessao_de_cestas_de_natal_aos_servidores_da_camara_municipal_de_matozinhos.pdf</t>
   </si>
   <si>
     <t>PL 2883.2025 - Concessão de cestas de natal aos servidores da Câmara Municipal de Matozinhos</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1578/pl_2884.2025_-_institui_programa_integrado_de_protecao_e_seguranca_escolar.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2884.2025 - institui programa integrado de proteção e segurança escolar</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1578/pl_2884.2025_-_institui_programa_integrado_de_protecao_e_seguranca_escolar_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2884.2025 - institui programa integrado de proteção e segurança escolar. (tramitação completa)</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_2885.2025_-_criacao_conselho_municipal_esportes_e_fundo_municipal_de_esportes.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2885.2025 - criação conselho municipal esportes e fundo municipal de esportes</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_2885.2025_-_conselho_municipal_de_esportes_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2885.2025 - criação conselho municipal esportes e fundo municipal de esportes. (Tramitação completa)</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1580/pl_2886.2025_-_credito_adicional_suplementar_por_superavit_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PL 2886.2025 - crédito adicional suplementar por superávit. (tramitação completa)</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/pl_2887.2025_-_desafetacao_de_bem_publico_e_permuta_de_area_especifica.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2887.2025 - desafetação de bem público e permuta de área específica</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/pl_2887.2025_-_desafetacao_de_bem_publico_e_permuta_de_area_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2887.2025 - desafetação de bem público e permuta de área específica. (tramitação completa)</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1605/pl_2888.2025_-_autoriza_abertura_credito_adicional_suplementar_por_anulacao_de_saldo_orcamentario_tramitacao_complementar.pdf</t>
   </si>
   <si>
     <t>PL 2888.2025 - Autoriza abertura crédito adicional suplementar por anulação de saldo orçamentário. (Tramitação completa)</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/pl_2889.2025_-_denomina_via_publica_situada_no_bairro_vista_alegre.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2889.2025 - Denomina via pública situada no bairro Vista Alegre</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/pl_2889.2025_-_denomina_via_publica_situada_no_bairro_vista_alegre_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2889.2025 - Denomina via pública situada no bairro Vista Alegre. (tramitação completa)</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_2890.2025_-_denomina_via_publica_situada_no_distrito_de_mocambeiro_versao_site.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2890.2025 - Denomina via pública situada no Distrito de Mocambeiro</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_2890.2025_-_denomina_via_publica_no_distrito_de_mocambeiro_-_rua_alzira_da_costa_tramitacao_completa_versao_site.pdf</t>
+  </si>
+  <si>
+    <t>PL 2890.2025 - Denomina via pública situada no Distrito de Mocambeiro. (tramitação completa)</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1625/pl_2891.2025_-_concede_ao_servidor_um_dia_de_folga_no_dia_do_aniversario.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2891.2025 - concede ao servidor um dia de folga no dia do aniversário</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1625/pl_2891.2025_-_dia_de_folga_servidor_publico_no_dia_do_aniversario_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2891.2025 - concede ao servidor um dia de folga no dia do aniversário. (tramitação completa)</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/pl_2892.2025_-_autorizacao_e_ratificacao_protocolo_intencoes_consorcio_publico_intermunicipal_multifinalitario_-_conminas.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2892.2025 - autorização e ratificação protocolo intenções Consórcio Público Intermunicipal Multifinalitário - CONMINAS</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/pl_2892.2025_-_consorcio_conminas_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2892.2025 - autorização e ratificação protocolo intenções Consórcio Público Intermunicipal Multifinalitário - CONMINAS (tramitação completa)</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/pl_2893.2025_-_autoriza_doacao_de_area_de_terreno_em_favor_da_empresa_xavier_mecanica_industrial.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2893.2025 - autoriza doação de área de terreno em favor da empresa Xavier Mecânica Industrial</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/pl_2893.2025_-_autoriza_doacao_de_area_de_terreno_em_favor_da_empresa_xavier_mecanica_industrial_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2893.2025 - autoriza doação de área de terreno em favor da empresa Xavier Mecânica Industrial. (tramitação completa)</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/pl_2894.2025_-_obrigatoriedade_das_entidades_de_internacao_coletiva_fixacao_cartazes_liberdade_assistencia_religiosa.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2894.2025 - obrigatoriedade das entidades de internação coletiva fixação cartazes liberdade assistência religiosa.</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/pl_2894.2025_-_obrigatoriedade_das_entidades_de_internacao_coletiva_fixacao_cartazes_liberdade_assistencia_religiosa._tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2894.2025 - obrigatoriedade das entidades de internação coletiva fixação cartazes liberdade assistência religiosa. (tramitação completa)</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/pl_2895.2025_-_credito_adicional_suplementar_por_superavit.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2895.2025 - Crédito adicional suplementar por superávit</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/pl_2895.2025_-_credito_adicional_suplementar_por_superavit_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2895.2025 - Crédito adicional suplementar por superávit. (Tramitação completa)</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/pl_2896.2025_-_doacao_de_imovel_a_pessoa_que_menciona_hidromet.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2896.2025 - doação de imóvel a pessoa que menciona.</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/pl_2896.2025_-_doacao_de_imovel_a_pessoa_que_menciona_-_hidromet_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2896.2025 - doação de imóvel a pessoa que menciona. (tramitação completa)</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_2897.2025_-_concessao_auxilio_alimentacao_aos_agentes_comunitarios_de_saude_e_agentes_de_zoonoses.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2897.2025 - concessão auxílio alimentação aos Agentes Comunitários de Saúde e Agentes de Zoonoses</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_2897.2025_-_auxilio_alimentacao_agente_de_saude_e_agente_zoonoses_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2897.2025 - concessão auxílio alimentação aos Agentes Comunitários de Saúde e Agentes de Zoonoses. (tramitação completa)</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_2898.2025_-_altera_lei_municipal_1069_de_03_de_abril_de_1989.pdf</t>
   </si>
   <si>
     <t>PL 2898.2025 - Altera Lei Municipal 1069, de 03 de abril de 1989</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1682/pl_2899.2025_-_denomina_a_praca_publica_situada_no_bairro_cruzeiro_versao_site.pdf</t>
   </si>
   <si>
     <t>PL 2899.2025 - Denomina a praça pública situada no bairro Cruzeiro</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1683/pl_2900.2025_-_cria_o_fundo_municipal_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>PL 2900.2025 - Cria o Fundo Municipal do Meio Ambiente</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
-    <t>PL 2901.2025 - Autoriza Poder Executivo a instituir no âmbito das escolas públicas de educação básica de Matozinhos o projeto Cuidar +</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1684/pl_2901.2025_-_projeto_cuidar__mais_nas_escolas_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2901.2025 - Autoriza Poder Executivo a instituir no âmbito das escolas públicas de educação básica de Matozinhos o projeto Cuidar +. (tramitação completa)</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_2902.2025_-_altera_lei_2664_de_29_de_agosto_de_2025.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2902.2025 - Altera Lei 2664, de 29 de agosto de 2025</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_2902.2025_-_altera_lei_2664.2025_-_doacao_terreno_lamas_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2902.2025 - Altera Lei 2664, de 29 de agosto de 2025. (tramitação completa)</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1718/pl_2903.2025_-_denomina_via_publica_situada_em_mocambeiro_versao_site.pdf</t>
   </si>
   <si>
     <t>PL 2903.2025 - Denomina via pública situada em Mocambeiro</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1741/pl_2905.2025_-_altera_lei_municipal_2640_de_29_de_abril_de_2025_gratificacao_produtividade.pdf</t>
-[...2 lines deleted...]
-    <t>PL 2905.2025 - Altera Lei Municipal 2640, de 29 de abril de 2025 (gratificação produtividade)</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1741/pl_2905.2025_-_altera_lei_municipal_2640_de_29_de_abril_de_2025_-_gratificacao_produtividade_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PL 2905.2025 - Altera Lei Municipal 2640, de 29 de abril de 2025 (gratificação produtividade) - (tramitação completa)</t>
+  </si>
+  <si>
+    <t>1763</t>
+  </si>
+  <si>
+    <t>2906</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1763/pl_2906.2025_-_cria_junta_administrativa_de_recursos_das_fiscalizacoes_ambientais.pdf</t>
+  </si>
+  <si>
+    <t>PL 2906.2025 - cria junta administrativa de Recursos das Fiscalizações ambientais</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/924/plc_117.2025_-_altera_lc_no_11_de_2009_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PLC 117.2025 - Altera LC nº 11 de 2009 (tramitação completa)</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/925/plc_118.2025_-_altera_lc_003.2007_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PLC 118.2025 - Altera LC 003.2007 (TRAMITAÇÃO COMPLETA)</t>
   </si>
@@ -9273,80 +9483,89 @@
   <si>
     <t>PLC 135.2025 - Altera a Lei Complementar nº 003, de 09/04/2007, que dispõe sobre a estrutura organizacional da Administração Direta do Poder Executivo e dá outras providências. (Tramitação completa)</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1538/plc_136.2025_-_cria_cargo_de_neuropsicopedagogo_altera_lei_2001_de_09.04.2007_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PLC 136.2025 - cria cargo de neuropsicopedagogo, altera Lei 2001, de 09.04.2007 (tramitação completa)</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1624/plc_137.2025_-_concessao_de_cestas_de_natal_aos_servidores_da_camara_municipal_de_matozinhos_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PLC 137.2025 - Concessão de cestas de natal aos servidores da Câmara Municipal de Matozinhos (tramitação completa)</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/plc_138.2025_-_criacao_ouvidoria_da_guarda_municipal_e_institui_cargo_ouvidor_geral.pdf</t>
-[...2 lines deleted...]
-    <t>PLC 138.2025 - criação ouvidoria da Guarda Municipal e institui cargo Ouvidor Geral</t>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/plc_138.2025_-_criacao_ouvidoria_da_guarda_municipal_e_institui_cargo_ouvidor_geral_tramitacao_completa.pdf</t>
+  </si>
+  <si>
+    <t>PLC 138.2025 - criação ouvidoria da Guarda Municipal e institui cargo Ouvidor Geral. (tramitação completa)</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1399/pr_361.2025_-_autoriza_mesa_diretora_a_baixaro_do_patrimonio.pdf</t>
   </si>
   <si>
     <t>PR 361.2025 - Autoriza Mesa Diretora a baixar do do patrimônio os itens constantes no Anexo I.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1450/pr_362.2025_-_altera_artigos_que_menciona_da_resolucao_no_338.2022_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PR 362.2025 - Altera artigos que menciona da Resolução nº 338.2022 (Tramitação completa)</t>
   </si>
   <si>
+    <t>1818</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1818/pr_364.2025_-_dispoe_sobre_a_concessao_de_diarias_de_viagem_uso_de_veiculos_oficiais_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>PR 364.2025 - Dispõe sobre a concessão de diárias de viagem, uso de veículos oficiais e dá outras providências.</t>
+  </si>
+  <si>
     <t>913</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pdl_67.2025_-_cidada_honoraria_maria_goreti_versao_site.pdf</t>
   </si>
   <si>
     <t>PDL 67.2025 - Título Cidadã Honorária Maria Horacio Goreti Saturnino (tramitação completa) - VERSÃO SITE</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1236/pdl_68.2025_-_dispoe_sobre_aprovacao_contas_poder_executivo_-_exercicio_de_2023_tramitacao_completa.pdf</t>
   </si>
   <si>
     <t>PDL 68.2025 - dispõe sobre aprovação contas Poder Executivo - Exercício de 2023 (tramitação completa)</t>
@@ -10285,50 +10504,113 @@
     <t>1759</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1759/portaria_1490.2025_-_designa_agente_de_contratacao_pregoeiro_e_membros_da_equipe_de_apoio_e_revoga_portaria_1436.2025.pdf</t>
   </si>
   <si>
     <t>Portaria 1490.2025 - Designa Agente de contratação, pregoeiro e membros da equipe de apoio e revoga Portaria 1436.2025</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/portaria_1491.2025_-_designa_fiscal_de_contratos.pdf</t>
   </si>
   <si>
     <t>Portaria 1491.2025 - Designa Fiscal de Contratos</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1761/portaria_1492.2025_-_abertura_de_processo_administrativo_para_apuracao_de_contas_negativas_e_revoga_portaria_1489.2025.pdf</t>
   </si>
   <si>
     <t>Portaria 1492.2025 - Abertura de Processo Administrativo para apuração de contas negativas e revoga Portaria 1489.2025</t>
+  </si>
+  <si>
+    <t>1762</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1762/portaria_1493.2025_-_ponto_facultativo_em_02.01.2026.pdf</t>
+  </si>
+  <si>
+    <t>Portaria 1493.2025 - Ponto facultativo em 02.01.2026</t>
+  </si>
+  <si>
+    <t>1780</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1780/portaria_1494.2025_-_exonera_diretora_administrativa.pdf</t>
+  </si>
+  <si>
+    <t>Portaria 1494.2025 - Exonera Diretora Administrativa</t>
+  </si>
+  <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1782/portaria_1495.2025_-_prorrogacao_processo_administrativo_disciplinar.pdf</t>
+  </si>
+  <si>
+    <t>Portaria 1495.2025 - Prorrogação Processo Administrativo Disciplinar</t>
+  </si>
+  <si>
+    <t>1783</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1783/portaria_1496.2025_-_nomeia_diretor_administrativo_-_elton.pdf</t>
+  </si>
+  <si>
+    <t>Portaria 1496.2025 - Nomeia Diretor Administrativo</t>
+  </si>
+  <si>
+    <t>1784</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1784/portaria_1497.2025_-_comissao_representativa.pdf</t>
+  </si>
+  <si>
+    <t>Portaria 1497.2025 - Institui a Comissão Representativa.</t>
+  </si>
+  <si>
+    <t>1786</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1786/portaria_1498.2025_-_resultado_definitivo_avaliacao_individual_de_desempenho_2025.pdf</t>
+  </si>
+  <si>
+    <t>Portaria 1498.2025 - Resultado definitivo avaliação individual de desempenho 2025</t>
+  </si>
+  <si>
+    <t>1787</t>
+  </si>
+  <si>
+    <t>https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1787/portaria_1499.2025_-_exonera_assessora_parlamentar.pdf</t>
+  </si>
+  <si>
+    <t>Portaria 1499.2025 - Exonera Assessora Parlamentar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -10632,56 +10914,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/ildeu_-_req_2.2025_-_informacao_instalacao_passeio_calcada_avenida_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/ildeu_-_req_3.2025_-_informacao_limpeza_rua_bom_despacho_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1144/carlos_-_req_4.2025_-_estudo_implantacao_ponto_de_onibus_intermunicipal_antiga_avenida_a.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/ildeu_-_req_5.2025_-_previsao_instalacao_ar_condicionado_no_orgao_pav_da_receita_federal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/ildeu_-_req_6.2025_-_previsao_operacao_tapa_buracos_area_exame_detran_bairro_graca.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1110/jose_miguel_-_req_7.2025_-_informacao_retorno_ponto_de_onibus_intermunicipal_e_lotacao_bairros_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1111/jose_miguel_-_req_8.2025_-_retomar_atendimento_convenio_procon_em_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/ildeu_-_req_10.2025_-_informacao_instalacao_ponto_de_onibus_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/ildeu_-_req_11.2025_-_informacao_buraco_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1123/everton_-_req_12.2025_-_informacoes_operacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1073/gercy_-_req_13.2025_-_informacao_obra_rua_joaquim_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1145/carlos_-_req_14.2025_-_implantacao_linha_de_onibus_bairro_vista_alegre_ao_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1146/carlos_-_req_15.2025_-_informacoes_condicoes_dos_onibus_e_plataformas_pcd.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/ildeu_-_req_17.2025_-_informacao_intervencoes_ponte_do_carabina_e_arredores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1057/flavio_-_req_19.2025_-_informacao_reforma_geral_e_cobertura_quadra_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1112/jose_miguel_-_req_20.2025_-_informacoes_salario_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1155/carlos_brandao_jose_everton_e_cesar_-_req_21.2025_-_discussao_plenario_pedagio_no_dia_26.03.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1147/carlos_-_req_22.2025_-_sistema_de_libras_em_sites_e_transmissao_camara.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/ildeu_-_req_24.2025_-_informacoes_obras_rua_maranhao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/ildeu_-_req_25.2025_-_previsao_melhorias_telhado_garagem_camara.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1157/carlos_alberto_-_req_26.2025_-_limpeza_antigo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1124/everton_-_req_27.2025_-_informacao_teste_retorno_bairro_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1148/carlos_-_req_28.2025_-_informacoes_obras_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/ildeu_-_req_29.2025_-_informacoes_intervencao_rua_grimaldi_de_mello.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1158/carlos_alberto_-_req_30.2025_-_taxa_iluminacao_cemig_quintas_da_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1159/carlos_alberto_-_req_31.2025_-_correios_entrega_correspondencia_quintas_da_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1113/jose_miguel_-_req_32.2025_-_convenio_procon_camara_e_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1156/carlos_ildeu_everton_brandao_jose_miguel_e_cesar_-_req_33.2025_-_aud_publica_pedagios_mg_424.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/ildeu_-_req_34.2025_-_informacoes_fiscalizacao_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/967/cljrf_-__req_35.2025_-_dilacao_prazo_parecer_pl_2825.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1095/brandao_-_req_36.2025_-_limpeza_de_entulho_e_capina_rua_antonio_goncalves.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/ildeu_-_req_37.2025_-_informacoes_placas_transito_caidas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/ildeu_-_req_38.2025_-_fiscalizacao_transito_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1149/carlos_-_req_39.2025_-_informacoes_e_documentos_operacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/965/baltazar_-_req_40.2025_-_convite_deputado_ricardo_campos_audiencia_pedagios.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1074/gercy_-_req_41.2025_-_previsao_obras_ruas_joaquim_vieira_costa_e_maranhao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1075/gercy_-_req_42.2025_-_previsao_capina_e_limpeza_lotes_vagos_avenida_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/968/cljrf_-_req_43.2025_-_dilacao_prazo_parecer_pdl_67.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/ildeu_-_req_44.2025_-_informacoes_campo_futebol_bairro_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/ildeu_-_req_45.2025_-_informacoes_previsao_faixa_de_pedestres_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1058/flavio_-_req_46.2025_-_providencias_abastecimento_e_qualidade_agua_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/826/gercy_-_req_47.2025_-_capina_rua_santa_catarina_e_providencias_imoveis_abandonados.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1076/gercy_-_req_48.2025_-_limpeze_e_manutencao_rua_vila_rica.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1150/carlos_-_req_49.2025_-_informacoes_processos_datas_contratos_manutencao_rua_bonfim.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/ildeu_-_req_50.2025_-_informacoes_construcao_capela_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/ildeu_-_req_51.2025_-_divulgacao_tribuna_popular.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1114/jose_miguel_-_req_52.2025_-_oficio_delegado_policia_civil_identidade.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1151/carlos_-_req_53.2025_-_analise_estrutura_ponte_localizada_na_estacao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1152/carlos_-_req_54.2025_-_melhorias_internas_posto_saude_aracas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/966/baltazar_-_req_55.2025_-_informacoes_poda_arvore_rua_alagoas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/969/cljrf_-_req_56.2025_-_dilacao_prazo_parecer_plc_125.2025_pl_2833_e_2835.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/ildeu_-_req_57.2025_-_informacoes_ausencia_quebra_mola_rua_placido_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/ildeu_-_req_58.2025_-_informacoes_espaco_oracoes_upa_24_horas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1125/everton_-_req_60.2025_-_informacao_limpeza_e_tapa_buraco_bairro_graca.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1160/carlos_alberto_-_req_61.2025_-_limpeza_ruas_jose_da_paula_santos_e_joana_darc.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/ildeu_-_req_62.2025_-_previsao_construcao_estabulos_e_canis_municipais.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/ildeu_-_req_63.2025_-_fiscalizacao_empresas_poluentes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1077/gercy_-_req_64.2025_-_projeto_ligacao_bairros_sao_miguel_e_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1078/gercy_-_req_65.2025_-_informacoes_continuidade_operacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1153/carlos_-_req_66.2025_-_copia_contrato_e_documentos_operacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/ildeu_-_req_67.2025_-_informacoes_rebaixamento_passagens_elevadas_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/ildeu_-_req_68.2025_-_informacoes_limpeza_palmeiras_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/ildeu_-_req_70.2025_-_informacoes_transporte_publico_apae.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/ildeu_-_req_71.2025_-_intervencoes_ruas_jair_herculano_teixeira_e_alvaro_vieira_costa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1079/gercy_-_req_72.2025_-_informacao_pavimentacao_rua_b.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/ildeu_-_req_74.2025_-_informacoes_termino_asfaltamento_rua_mario_lucio_do_amaral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/ildeu_-_req_75.2025_-_previsao_transporte_publico_alunos_aracas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1154/carlos_-_req_76.2025_-_documentacao_contratacao_laboratorio_labicon.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1080/gercy_-_req_77.2025_-_informacoes_departamento_fiscalizacao_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1199/ildeu_-_req_78.2025_-_instalacao_placa_transito_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1200/ildeu_-_req_79.2025_-_copia_contrato_empresa_servico_de_capina_e_limpeza_urbana.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1201/carlos_-_req_80.2025_-_informacoes_plano_carreira_e_aumento_remuneracao_guardas_municipais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1202/carlos_-_req_81.2025_-_informacoes_municipalizacao_escola.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1203/everton_-_req_82.2025_-_informacoes_consultas_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1214/ildeu_-_req_85.2025_-_limpeza_capina_e_poda_avenida_bento_goncalves.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1215/carlos_-_req_86.2025_-_informacoes_contrato_transporte_publico_viacao_umuarama.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1216/carlos_alberto_-_req_87.2025_-_parque_ecologico_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1243/ildeu_-_req_89.2025_-_recolhimento_resto_capina_rua_alvaro_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1244/ildeu_-_req_90.2025_-_intervencoes_rua_maestro_zequinha.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1263/ildeu_-_req_91.2025_-_informacoes_fiacoes_e_cabos_expostos_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1264/ildeu_-_req_92.2025_-_informacoes_rota_umuarama_em_frente_ao_supermercados_bh_para_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1265/carlos_-_req_93.2025_-_monitoramento_e_informacoes_qualidade_do_ar_em_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1275/cljrf_-_req_94.2025_-_dilacao_prazo_parecer_pl_2841.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1276/ildeu_-_req_95.2025_-_informacoes_local_para_manobras_de_motos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1277/ildeu_-_req_96.2025_-_visita_tecnica_defesa_civil_na_rua_geralda_drummond.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1278/gercy_-_req_97.2025_-_informacoes_parceria_asmatoz.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1306/ildeu_-_req_98.2025_-_playground_praca_entre_as_ruas_tiradentes_e_eduardo_goncalves_cota_centro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1320/cljrf_-_req_99.2025_-_dilacao_prazo_parecer_pl_2847.2025_e_plc_129.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1321/ildeu_-_req_100.2025_-_reuniao_responsaveis_obra_entre_as_vias_bento_goncalves_e_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1322/ildeu_-_req_101.2025_-_previsao_limpeza_rua_bom_despacho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1323/gercy_-_req_102.2025_-_informacoes_denuncias_lotes_com_mato.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1324/brandao_-_req_103.2025_-_revisao_valor_taxa_sepultamento_cemiterio_parque.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1336/cljrf_-_req_105.2025_-_dilacao_prazo_parecer_pl_2849.2025_e_pl_2851.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1337/jose_miguel_-_req_106.2025_-_poda_de_arvores_rua_expedicionario_raimundo_nogueira_bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1338/ildeu_-_req_108.2025_-_possibilidade_caminhao_pipa_ruas_de_terra_do_bairro_sao_jose_proximidades_rua_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1339/ildeu_-_req_109.2025_-_instalacao_quebra_molas_e_placas_parada_obrigatoria_nos_cruzamentos_ruas_barbacena_com_rio_grande_do_sul_e_rio_grande_do_norte.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1355/ildeu_-_req_111.2025_-_informacao_extensao_rede_eletrica_margens_da_mg_424_proximo_a_fabrica_cimento_nacional.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1356/gercy_-_req_112.2025_-_agendamento_reuniao_representantes_copasa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1357/carlos_-_req_113.2025_-_melhorias_iluminacao_publica_rua_juiz_de_fora.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1372/ildeu_-_req_124.2025_-_instalacao_extensao_rede_eletrica_rua_parana.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1373/ildeu_-_req_125.2025_-_informacoes_asfaltamento_rua_guaribu.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1390/cljrf_e_ctma_-_req_126.2025_-_dilacao_prazo_parecer_pl_2855.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1391/ildeu_-_req_128.2025_-_andamento_processo_onibus_escolar_alunos_aracas_que_estudam_em_capim_branco.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1392/ildeu_-_req_129.2025_-_informacao_acao_limpeza_e_molhamento_estrada_rural_que_liga_vista_alegre_a_aracas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1393/gercy_-_req_130.2025_-_informacoes_sobre_parcerias_ou_providencias_referente_a_poluicao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1394/carlos_-_req_131.2025_-_numeros_gerais_de_alunos_matriculados_e_numero_de_vagas_em_creches.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1417/ildeu_-_req_133.2025_-_previsao_instalacao_placa_parada_obrigatoria_cruzamentos_ruas_dom_pedro_ii_e_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1418/ildeu_-_req_134.2025_-_informacao_possibilidade_atendimento_publico_bairro_alvorada_no_psf_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1419/carlos_-_req_136.2025_-_informacao_previsao_medidas_na_rua_cecilia_martins_fonseca_lima.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1429/cljrf_-_req_137.2025_-_dilacao_prazo_parecer_pl_2863.2025_e_pl_2866.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1430/ildeu_-_req_138.2025_-_previsao_pintura_e_repintura_asfaltica_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1431/ildeu_-_req_139.2025_-_informacao_possibilidade_mao_unica_rua_8_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1432/emanuel_-_req_140.2025_-_informacao_funcionamento_telefones_das_secretarias_e_departamentos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1433/gercy_-_req_141.2025_-_informacoes_eventos_dependencias_palacio_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1434/gercy_-_req_142.2025_-_informacoes_recursos_eventos_comemoracoes_202_anos_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1453/cljrf_-_req_143.2025_-_dilacao_prazo_parecer_pl_2869.2025_pl_2870.2025_e_pr_361.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1454/ildeu_-_req_144.2025_-_informacao_possibilidade_instalacao_meio_fio_entre_ruas_barbacena_e_guarapari.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1455/ildeu_-_req_145.2025_-_previsao_instalacao_quebra_molas_rua_guarapari.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1456/gercy_-_req_147.2025_-_previsao_instalacao_redutor_velocidade_avenida_minas_gerais_proximidade_da_upa.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1457/carlos_-_req_149.2025_-_audiencia_publica_fornecimento_agua_em_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1475/cljrf_-_req_150.2025_-_dilacao_prazo_parecer_pl_2871.2025_e_pl_2872.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1476/everton_-_req_151.2025_-_informacoes_reajuste_quebra_molas_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1477/ildeu_-_req_152.2025_-_previsao_extensoes_rede_eletrica.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1478/everton_-_req_153.2025_-_informacoes_transporte_intermunicipal_estudantes_faculdade.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1488/cljrf_-_req_154.2025_-_dilacao_prazo_parecer_pl_2874.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1489/carlos_alberto_-_req_155.2025_-_plotagem_identificacao_veiculos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1490/gercy_-_req_158.2025_-_informacoes_acoes_descarte_irregualr_residuos_solidos_e_ausencia_de_guarda_adequada_de_materiais_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1499/cljrf_-_req_160.2025_-_dilacao_prazo_parecer_pr_362.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1500/everton_-_req_163.2025_-_informacoes_obra_rotatoria_proximidades_igreja_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1501/ildeu_-_req_164.2025_-_previsao_troca_ou_reformas_cadeiras_upa_24_horas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1515/cljrf_-_req_165.2025_-_dilacao_prazo_parecer_plc_131.2025_plc_132.2025_e_plc_133.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1516/ildeu_-_req_166.2025_-_informacao_possibilidade_dialogo_poder_executivo_e_empresarios_ramo_farmacia_periodo_de_funcionamento_24_horas.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1517/ildeu_-_req_167.2025_-_informacao_possibilidade_de_instalacao_placa_identificacao_capela_velorio_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1518/gercy_-_req_168.2025_-_informacao_precos_receita_global_despesa_global_detalhamento_de_valores_jubileu.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1539/ildeu_-_req_170.2025_-_informacao_possibilidade_reinstalacao_de_postes_de_luz_rua_jose_antonio_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1540/ildeu_-_req_171.2025_-_previsao_troca_de_poste_de_luz_rua_alvaro_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1541/gercy_-_req_172.2025_-_informacoes_intervencoes_no_bairro_sao_miguel_ii_e_inicio_obras_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1542/everton_-_req_173.2025_-_informacoes_animais_soltos_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1543/carlos_-_req_174.2025_-_informacoes_recolhimento_animais_grande_porte_soltos_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1555/ildeu_-_req_176.2025_-_possibilidade_instalacao_placa_de_carga_e_descarga_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1556/ildeu_-_req_177.2025_-_possibilidade_instalacao_bicicletario_no_centro_e_locais_estrategicos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1557/gercy_-_req_178.2025_-_informacoes_quantidades_cadeiras_de_rodas_medidas_acessibilidade_e_planos_para_adequacao_de_equipamentos_e_recursos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1558/carlos_-_req_179.2025_-_estudo_tecnico_implantacao_programa_tarifa_zero.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1559/csas_-_req_180.2025_-_convite_secretario_de_saude_para_explicacoes_funcionamento_laboratorio_labicon.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1560/carlos_-_req_181.2025_-_informacoes_acoes_e_procedimentos_concessao_servico_de_abastecimento_de_agua_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1583/everton_-_req_182.2025_-_informacao_pintura_faixas_de_pedestres_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1584/ildeu_-_req_183.2025_-_possibilidade_instalacao_praca_e_academia_ao_ar_livre_na_entrada_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1585/ildeu_-_req_185.2025_-_informacao_comeco_servico_de_pintura_e_repintura_asfaltica_nas_vias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1586/carlos_-_req_186.2025_-_informacoes_acoes_preventivas_periodo_chuvoso.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1587/carlos_-_req_187.2025_-_parceria_camara_e_conselhos_municipais_-_espaco_fisico.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1599/cljrf_-_req_188.2025_-_dilacao_prazo_parecer_plc_136.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1600/carlos_alberto_-_req_190.2025_-_informacoes_reurb.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1601/ildeu_-_req_191.2025_-_informacoes_providencias_pessoas_em_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1602/ildeu_-_req_192.2025_-_previsao_instalacao_passarela_na_ponte_da_estacao.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1603/carlos_-_req_194.2025_-_informacoes_e_documentos_processo_reurb.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1604/emanuel_-_req_195.2025_-_informacoes_obras_ruas_padre_sebastiao_nossa_sra_do_carmo_jose_diniz_alves_varginha_pernambuco_e_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1627/ildeu_-_req_196.2025_-_previsao_acao_recolhimento_animais_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1628/ildeu_-_req_197.2025_-_informacao_falta_de_fralda_geriatrica.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1643/cljrf_-_req_198.2025_-_dilacao_prazo_parecer_pl_2884.2025_2885.2025_28872025_e_plc_138.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1644/ildeu_-_req_199.2025_-_previsao_conserto_ou_novas_instalacoes_telefones_nos_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1645/cesar_-_req_200.2025_-_instalacao_ponto_de_onibus_rua_vital_moreira.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1646/ildeu_-_req_201.2025_-_previsao_novas_instalacoes_e_reforma_abrigos_dos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1647/gercy_-_req_202.2025_-_informacoes_providencias_em_relacao_as_pessoas_em_condicao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1648/gercy_-_req_203.2025_-_informacoes_previsao_revitalizacao_praca_do_bairro_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1665/ildeu_-_req_204.2025_-_fiscalizacao_e_estudo_geografico_terreno_rua_tapajos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1666/flavio_-_req_205.2025_-_informacoes_mutirao_de_limpeza_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1667/ildeu_-_req_206.2025_-_visita_tecnica_avenida_dr_jurandir_campos.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1668/gercy_-_req_207.2025_-_informacoes_criacao_espaco_publico_descarte_de_entulho_e_materiais.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1685/cljrf_-_req_208.2025_-_dilacao_prazo_parecer_pl_2891.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1686/ildeu_-_req_209.2025_-_informacoes_intervencao_condominio_algarve.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1687/ildeu_-_req_210.2025_-_informacoes_fiscalizacao_margens_da_rodovia_mg_424.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1688/emanuel_-_req_212.2025_-_informacoes_servico_tapa_buraco_rua_nossa_senhora_do_carmo_e_rua_ouro_preto.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1689/flavio_-_req_213.2025_-_informacoes_implantacao_programa_100_led.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1690/carlos_-_req_214.2025_-_informacoes_concessao_abastecimento_agua_em_matozinhos_copasa.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1701/cljrf_-_req_216.2025_-_dilacao_prazo_parecer_pl_2892.2025_e_pl_2893.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1702/everton_-_req_218.2025_-_informacoes_planejamento_guarda_municipal_referente_ao_ano_de_2026.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1703/ildeu_-_req_219.2025_-_informacoes_confeccao_de_placas_com_nomes_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1704/ildeu_-_req_221.2025_-_informacoes_manutencao_e_obras_passeio_da_avenida_andre_favalelli_em_frente_condominio_paris.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1705/cedu_-_req_222.2025_-_atualizacao_sistema_siap_dados_da_educacao_e_informacoes_sobre_folha_de_pagamento_gastos_desapropriacoes_merenda_e_transporte_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1719/cljrf_-_req_223.2025_-_dilacao_prazo_parecer_pdl_69.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1720/ildeu_-_req_225.2025_-_informacao_operacao_tapa_buraco_mg_424.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1721/ildeu_-_req_226.2025_-_previsao_asfaltamento_rua_guaribu.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1742/cljrf_-_req_227.2025_-_dilacao_prazo_parecer_pl_2897_2898_2899_2900_e_2901.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1743/ildeu_-_req_228.2025_-_previsao_pintura_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1744/cljrf_-_req_229.2025_-_suspensao_tramitacao_pl_2899.2025_e_pdl_69.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1745/ildeu_-_req_230.2025_-_previsao_obras_espaco_situada_na_escola_herminia_diniz.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1746/gercy_-_req_231.2025_-_previsao_reformas_ubs_especialmente_ubs_do_bairro_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1126/everton_-_ind_1.2025_-_limpeza_fossas_bairro_liberdade.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/970/cesar_-_ind_2.2025_-_troca_de_lampadas_rua_maria_da_conceicao_paranhos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1096/brandao_-_ind_3.2025_-_melhorias_vias_do_bairro_sao_miguel_ruas_a_d_f_g_j_b_w_e.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1127/everton_-_ind_4.2025_-_limpeza_quadras_e_reparo_iluminacao_praca_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1115/jose_miguel_-_ind_5.2025_-_instalacao_faixa_de_pedestres_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1116/jose_miguel_-_ind_6.2025_-_recuperacao_quadra_bairro_vitalino_fonseca.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/973/julio_-_ind_7.2025_-_operacao_tapa_buracos_rua_maria_odila.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/989/ildeu_-_ind_8.2025_-_calcamento_ou_asfaltamento_rua_jose_dias.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/974/julio_-_ind_9.2025_-_recapeamento_asfaltico_avenida_alcino_goncalves_cota.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1161/carlos_-_ind_10.2025_-_manutencao_geral_ruas_bairro_aracas_e_limpeza_manutencao_academia.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1162/carlos_-_ind_11.2025_-_repavimentacao_ruas_v_x_z_y_fiscalizar_lotes_criacao_posto_de_saude_e_creches.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/990/ildeu_-_ind_12.2025_-_instalacao_passarela_na_ponte_entre_avenida_bento_goncalves_e_rua_santa_terezinha_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1184/carlos_alberto_-_ind_13.2025_-_realizacao_festival_gospel.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1185/carlos_alberto_-_ind_14.2025_-_alteracao_cobranca_taxas_barracas_do_jubileu_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/950/baltazar_-_ind_16.2025_-_retirar_rotatoria_cruzamento_rua_1o_de_maio_com_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1097/brandao_-_ind_17.2025_-_construcao_passeio_rua_jose_mario_heterovicky.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1098/brandao_-_ind_18.2025_-_solicita_projeto_de_lei_regime_de_ferias_servidores_25_dias_uteis.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/951/baltazar_-_ind_19.2025_-_pavimentacao_rua_grimaldi_de_melo_e_rua_paranaiba_vassourinha_21_de_abril.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1059/flavio_-_ind_21.2025_-_solicita_projeto_concessao_de_folga_remunerada_em_aniversario_servidores.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/991/ildeu_-_ind_22.2025_-_manutencao_e_troca_lampadas_praca_carlos_martins_sobrinho_bento.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/992/ildeu_-_ind_23.2025_-_confeccao_placas_nomes_das_ruas_bairros_sao_paulo_e_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/975/julio_-_ind_24.2025_-_poda_de_arvore_rua_dos_estrangeiros.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1060/flavio_-_ind_27.2025_-_melhoria_iluminacao_publica_ruas_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1128/everton_-_ind_28.2025_-_drenagem_e_asfaltamento_rua_laerte_goncalves_silva_antiga_rua_tres.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1129/everton_-_ind_29.2025_-_limpeza_ruas_e_calcadas_e_operacao_tapa_buracos_bairro_da_graca.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/976/julio_-_ind_30.2025_-_limpeza_e_instalacao_praca_e_playground_rua_sao_paulo_bairro_bom_jesus_2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1081/gercy_-_ind_31.2025_-_padronizacao_atendimentos_ubs.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1082/gercy_-_ind_32.2025_-_abertura_da_rua_n.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1163/carlos_-_ind_35.2025_-_melhorias_ruas_otavio_maia_av_industrial_joaquim_vieira_e_rua_cemig.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1164/carlos_-_ind_37.2025_-_limpeza_e_manutencao_avenida_jurandir_campos.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1165/carlos_-_ind_38.2025_-_bacia_de_contencao_aguas_pluviais_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1061/flavio_-_ind_40.2025_-_limpeza_grama_sintetica_iluminacao_alambrado_e_vestiario_campo_fischer.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/971/cesar_-_ind_41.2025_-_isencao_taxa_limpeza_fossa_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/977/julio_-_ind_42.2025_-_solucoes_e_melhorias_rua_dos_bandeirantes.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1186/carlos_alberto_-_ind_43.2025_-_capina_rua_eduardo_goncalves_cota.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/993/ildeu_-_ind_44.2025_-_patrolamento_rua_otavio_maia.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/994/ildeu_-_ind_45.2025_-_limpeza_e_manutencao_praca_bairro_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1130/everton_-_ind_46.2025_-_limpeza_bueiros_rua_eduardo_goncalves_cota_e_avenida_jurandir_campos.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1131/everton_-_ind_47.2025_-_limpeza_rua_rio_de_janeiro_esquina_com_rua_madalena.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1062/flavio_-_ind_48.2025_-_faixas_elevadas_e_sinalizacao_em_frente_as_escolas_e_bairros.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/952/baltazar_-_ind_49.2025_-_pintura_nomes_das_ruas_nos_postes_das_esquinas.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1083/gercy_-_ind_51.2025_-_limpeza_ruas_da_cidade_e_medidas_despejo_materiais_solidos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1187/carlos_alberto_-_ind_52.2025_-_troca_de_lampadas_praca_bairro_sao_jose_rua_neide_pereira.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1045/emanuel_-_ind_53.2025_-_extensao_iluminacao_e_instalacao_postes_rua_nossa_senhora_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/995/ildeu_-_ind_54.2025_-_operacao_tapa_buracos_av_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1063/flavio_-_ind_55.2025_-_capina_rua_vital_moreira_e_paliativo_rua_a.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1117/jose_miguel_-_ind_56.2025_-_ticket_alimentacao_cesta_basica_e_vale_transporte_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/978/julio_-_ind_57.2025_-_transporte_escolar_apae_de_pedro_leopoldo.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1132/everton_-_ind_58.2025_-_limpeza_e_tapa_buraco_rua_q.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1133/everton_-_ind_59.2025_-_limpeza_e_manutencao_linha_ferrea_bairro_florestal.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/996/ildeu_-_ind_60.2025_-_visita_secretario_obras_na_rua_presidente_deodoro_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1084/gercy_-_ind_61.2025_-_fiscalizacao_vagas_reservadas_idosos_e_pcd.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1085/gercy_-_ind_62.2025_-_alternativas_para_pcd_acessos_aos_eventos.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/940/andre_-__ind_63.2025_-_asfaltamento_e_limpeza_rua_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1188/carlos_alberto_-_ind_64.2025_-_limpeza_ruas_jose_dias_jose_romualdo_e_alvaro_vieira.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1166/carlos_-_ind_65.2025_-_estacao_de_suporte_para_garis_e_capinadores.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1167/carlos_-_ind_66.2025_-_melhorias_av_central_bairro_bom_jesus_e_ruas_laterais__vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/emanuel_-_ind_67.2025_-_obras_e_pavimentacao_rua_f.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/emanuel_-_ind_68.2025_-_instalacao_quebra_molas_rua_bonfim.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1064/flavio_-_ind_69.2025_-_reforma_quadra_conjunto_vitalino_fonseca.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1086/gercy_-_ind_73.2025_-_alteracao_placa_pare_rua_raul_teixeira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1087/gercy_-_ind_74.2025_-_desobstrucao_passeio_rua_goias_empresa_expresso_figueiredo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/997/ildeu_-_ind_75.2025_-_conserto_tampa_drenagem_rua_sabatine_del_boccio.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/998/ildeu_-_ind_76.2025_-_patrolamento_rua_7_de_setembro_e_rua_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1065/flavio_-_ind_77.2025_-_limpeza_avenida_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1099/brandao_-_ind_78.2025_-_aumento_efetivo_de_garis.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/953/baltazar_-_ind_79.2025_-_pavimentacao_rua_joaquim_caetano.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1168/carlos_-_ind_80.2025_-_instalacao_pontos_pratica_soltar_pipas.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1189/carlos_alberto_-_ind_81.2025_-_quebra_molas_ruas_argentina_bolivia_pirapora_e_floriano_pereira.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1169/carlos_-_ind_82.2025_-_troca_de_lampadas_led_e_tapa_buraco_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/979/julio_-_ind_83.2025_-_pavimentacao_rua_wilson_ribeiro_florestal_joaquim_caetano_amazonas_avenida_a.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1190/carlos_alberto_-_ind_84.2025_-_contratacao_empresa_gerir_cemiterios.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1066/flavio_-_ind_85.2025_-_revitalizacao_e_recuperacao_lagoa_do_campo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1067/flavio_-_ind_86.2025_-_implantacao_rede_wifi_pracas_e_predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1118/jose_miguel_-_ind_88.2025_-_capina_redutor_velocidade_e_melhorias_rua_presidente_washington_luis.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/999/ildeu_-_ind_89.2025_-_revitalizacao_placas_upa_24_horas.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/ildeu_-_ind_90.2025_-_instalacao_placas_transito_rua_visconde_do_rio_das_velhas.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1134/everton_-_ind_91.2025_-_construcao_posto_de_saude_e_creche_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1170/carlos_-_ind_92.2025_-_instalacao_antenas_e_melhorias_sinais_de_celular.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1100/brandao_-_ind_93.2025_-_troca_de_lampada_rua_bandeirantes.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1101/brandao_-_ind_94.2025_-_limpeza_e_manutencao_praca_bairro_cidade_jardim.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/ildeu_-_ind_95.2025_-_reparo_equipamentos_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/ildeu_-_ind_96.2025_-_conserto_placas_indicativas_e_informativas.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/954/baltazar_-_ind_97.2025_-_pavimentacao_rua_b.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1171/carlos_-_ind_98.2025_-_tapa_buraco_bairros_cruzeiro_vista_alegre_sao_miguel_nossa_sra_de_fatima_graca_e_alvorada.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/980/julio_-_ind_99.2025_-_redutor_velocidade_rua_pedro_leopoldo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/981/julio_-_ind_100.2025_-_redutor_velocidade_rua_dos_estrangeiros.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1172/carlos_-_ind_101.2025_-_regularizacao_e__providencias_situacao_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/955/baltazar_-_ind_102.2025_-_pavimentacao_rua_pompeu.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1068/flavio_-_ind_103.2025_-_retorno_e_aperfeicoamento_feirinha_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1135/everton_-_ind_104.2025_-_limpeza_drenagem_e_asfalto_rua_amazonas.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1088/gercy_-_ind_105.2025_-_asfalto_quebrado_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1119/jose_miguel_-_ind_106.2025_-_providencias_andarilhos.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/emanuel_-_ind_107.2025_-_reforma_rua_campos_sales.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/emanuel_-_ind_108.2025_-_reinstalacao_ponto_de_onibus_mg_424.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1089/gercy_-_ind_109.2025_-_recolhimento_material_servico_de_capina.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/942/andre_-_ind_111.2025_-_retorno_transporte_usuarios_apae_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/emanuel_-_ind_112.2025_-_recapeamento_avenida_alcino_goncalves_cota.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/emanuel_-_ind_113.2025_-_asfaltamento_diversas_ruas_municipio.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1102/brandao_-_ind_114.2025_-_capina_calcada_rua_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1173/carlos_-_ind_115.2025_-_pinturas_faixas_elevadas_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1174/carlos_-_ind_116.2025_-_limpeza_e_manutencao_rua_eurico_gaspar_dutra.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/ildeu_-_ind_117.2025_-_ar_condicionado_sala_professores_escola_eurico_viana.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/ildeu_-_ind_118.2025_-_instalacao_guarda_rei_guard_rail_rua_grimaldi_de_melo_e_mtz_010.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1191/carlos_alberto_-_ind_120.2025_-_contratacao_veterinario_animais_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1192/carlos_alberto_-_ind_121.2025_-_realizacao_festival_gospel_anualmente_em_novembro.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1136/everton_-_ind_122.2025_-_redutor_de_velocidade_e_demarcacao_faixas_rua_carlos_alves.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1069/flavio_-_ind_123.2025_-_anteprojeto_tarifa_zero.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/982/julio_-_ind_124.2025_-_melhorias_praca_bairro_bom_jesus_2.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1175/carlos_-_ind_125.2025_-_recolhimento_animais_abandono.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/983/julio_-_ind_126.2025_-_instalacao_lixeiras_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1176/carlos_-_ind_127.2025_-_poda_ou_corte_arvore_rua_candido_fonseca_viana.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/emanuel_-_ind_128.2025_-_limpeza_area_rua_joao_inacio_de_lima.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1137/everton_-_ind_130.2025_-_limpeza_e_tapa_buraco_av_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1138/everton_-_ind_131.2025_-_drenagem_e_tapa_buraco_rua_angelim.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/ildeu_-_ind_132.2025_-_rebaixamento_passagens_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/ildeu_-_ind_133.2025_-_intervencoes_e_obras_rua_5.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/emanuel_-_ind_134.2025_-_tapa_buraco_ruas_barbacena_ouro_preto_e_gestal_ferreira.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1120/jose_miguel_-_ind_135.2025_-_area_construcao_asilo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1193/carlos_alberto_-_ind_136.2025_-_manutencao_postes_av_alcino_goncalves_cota.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/943/andre_-_ind_137.2025_-_drenagem_pluvial_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/984/julio_-_ind_138.2025_-_redutor_velocidade_rua_maria_odila.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/985/julio_-_ind_139.2025_-_revitalizacao_praca_bairro_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/941/andre_-__ind_140.2025_-_implantacao_cinco_faixas_pedestres_rua_bonfim.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/949/baltazar_-__ind_141.2025_-_maquina_patrol_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/956/baltazar_-_ind_142.2025_-_providencias_animais_soltos.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1103/brandao_-_ind_143.2025_-_providencias_animais_soltos.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1121/jose_miguel_-_ind_144.2025_-_realizacao_reunioes_itinerantes.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1194/carlos_alberto_-_ind_145.2025_-_convenio_unicv.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/ildeu_-_ind_146.2025_-_operacao_tapa_buracos_e_asfaltamento_11_ruas.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/ildeu_-_ind_147.2025_-_troca_lampadas_em_6_ruas.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/957/baltazar_-_ind_149.2025_-_pavimentacao_rua_maria_jose_vieira.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1177/carlos_-_ind_150.2025_-_intervencoes_rua_placido_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/958/baltazar_-_ind_151.2025_-_patrol_na_rua_jose_estacio_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1070/flavio_-_ind_154.2025_-_prioridade_ubs_e_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1071/flavio_-_ind_155.2025_-_mudanca_mao_sentido_rua_maria_joana.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1104/brandao_-_ind_156.2025_-_anteprojeto_ferias_25_dias_uteis.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1139/everton_-_ind_157.2025_-_faixa_elevada_br_424_proximo_rua_bolivia.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/986/julio_-_ind_158.2025_-_paliativo_ruas_18_19_e_itamar_raul_mendes.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/987/julio_-_ind_159.2025_-_redutor_de_velocidade_3_ruas_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/emanuel_-_ind_160.2025_-_asfaltamento_rua_agenor_goncalves_silva_e_nsa._senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/944/andre_-_ind_161.2025_-_revitalizacao_limpeza_e_drenagem_rua_rosaria_borges_lopes.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/945/andre_-_ind_162.2025_-_revitalizacao_pavimentacao_e_drenagem_rua_domingos_xavier_chagas.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1195/carlos_alberto_-_ind_163.2025_-_retirada_animais_grande_porte_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1105/brandao_-_ind_164.2025-_limpeza_rua_dr_lund.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/ildeu_-_ind_165.2025_-_recapeamento_rua_guaribu.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/ildeu_-_ind_166.2025_-_intervencao_ponte_do_carabina.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/988/julio_-_ind_167.2025_-_tapa_buraco_ruas_venezuela_rio_grande_do_norte_e_bandeirantes.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1178/carlos_-_ind_168.2025_-_melhorias_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1179/carlos_-_ind_169.2025_-_melhorias_ruas_do_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/946/andre_-_ind_170.2025_-_operacao_tapa_buracos_rua_bonfim_esquina_com_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1072/flavio_-_ind_171.2025_-_recuperacao_rua_do_cemiterio_mocambeiro_aquisicao_lote.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/947/andre_-_ind_172.2025_-_melhoria_sistema_drenagem_pluvial_rua_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1106/brandao_-_ind_173.2025_-_troca_de_lampadas_em_todo_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1122/jose_miguel_-_ind_175.2025_-_abertura_cemiterio_finais_de_semana_ou_2_vezes_no_mes.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/959/baltazar_-_ind_177.2025_-_tapa_buracos_rua_jair_apolinario_conjunto_vitalino_creche_wladimir_tavares.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/960/baltazar_-_ind_178.2025_-_pavimentacao_rua_b.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1180/carlos_-_ind_179.2025_-_mobilidade_urbana_rua_h_e_escola_valdemar_pezzini.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/ildeu_-_ind_180.2025_-_asfaltamento_rua_jose_dias.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/ildeu_-_ind_181.2025_-_quebra_molas_rua_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1090/gercy_-_ind_182.2025_-_revisao_geral_rede_eletrica_bairro_sao_miguel_rua_d.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1140/everton_-_ind_183.2025_-_placa_sinalizacao_ponte_bom_sera.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/ildeu_-_ind_184.2025_-_limpeza_ponto_de_onibus_mg_424__proximo_a_upa.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1141/everton_-_ind_185.2025_-_drenagem_limpeza_e_pavimentacao_rua_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1196/carlos_alberto_-_ind_186.2025_-_manutencao_placas_de_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1107/brandao_-_ind_187.2025_-_tapa_buraco_rua_dagmar_vieira_bicalho.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1108/brandao_-_ind_188.2025_-_fiscalizacao_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/961/baltazar_-_ind_189.2025_-_instalacao_ponto_de_apoio_policia_militar_em_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/962/baltazar_-_ind_190.2025_-_melhoria_infraestrutura_atendimento_secretaria_fazenda.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1091/gercy_-_ind_191.2025_-_revisao_pavimentacao_rua_joaquim_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1092/gercy_-_ind_192.2025_-_situacao_arvores_rua_b.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/ildeu_-_ind_194.2025_-_troca_de_lampadas_5_vias.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1181/carlos_-_ind_195.2025_-_anteprojeto_vale_alimentacao_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/948/andre_-_ind_196.2025_-_equipe_saude_bairro_alvorada_parte_do_centro_e_residencial_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1182/carlos_-_ind_197.2025_-_limpeza_e_manutencao_7_vias.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1197/carlos_alberto_-_ind_198.2025_-_tapa_buraco_e_pavimentacao_rua_maria_esteves_cotta.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/ildeu_-_ind_199.2025_-_asfaltamento_poste_lampadas_na_rua_b.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1198/carlos_alberto_-_ind_200.2025_-_quebra_molas_rua_equador.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1142/everton_-_ind_201.2025_-_malha_asfaltica_ruas_jose_dias_da_silva_e_jose_camilo_de_lima.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/963/baltazar_-_ind_203.2025_-_caminhao_para_suporte_operacao_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/964/baltazar_-_ind_204.2025_-_instalacao_mictorio_coletivo_banheiro_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1143/everton_-_ind_205.2025_-_instalacao_lixeiras_publicas.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/972/cesar_-_ind_206.2025_-_quebra_molas_rua_xv_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/ildeu_-_ind_207.2025_-_patrolamento_e_rocagem_estrada_q_liga_matozinhos_a_aracas.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1055/emanuel_-_ind_208.2025_-_limpeza_bueiros_bairro_progresso_ruas_padre_sebastiao_e_pedro_ii.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1056/emanuel_-_ind_209.2025_-_retirada_ou_mudanca_quebra_molas_rua_raul_teixeira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1109/brandao_-_ind_210.2025_-_melhoria_seguranca_bairros_bom_jesus_e_presidente_mg_424.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1183/carlos_-_ind_211.2025_-_implantacao_lixeiras_regiao_central_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1093/gercy_-_ind_212.2025_-_renovacao_sinalizacao_vagas_pessoas_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1094/gercy_-_ind_213.2025_-_instalacao_quebra_molas_rua_dos_carvalhos_e_alfredo_aranha.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1204/ildeu_-_ind_215.2025_-_mini_rotatoria_atras_da_igreja_bairro_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1205/ildeu_-_ind_216.2025_-_instalacao_de_2_quebra_molas_rua_candido_fonseca_viana.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1206/baltazar_-_ind_217.2025_-_reforma_calcada_avenida_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1207/flavio_-_ind_218.2025_-_mutirao_capina_rocagem_e_limpeza_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1208/gercy_-_ind_219.2025_-_providencias_falta_de_agua_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1209/carlos_-_ind_220.2025_-_providencias_melhorias_vias_bairros_vista_alegre_e_aracas.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1210/baltazar_-_ind_221.2025_-_apoio_maquinario_agricola_para_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1211/emanuel_-_ind_222.2025_-_limpeza_e_capina_rua_eurico_viana_e_lampadas_led_bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1212/emanuel_-_ind_223.2025_-_troca_lampadas_rua_alvaro_vieira_da_costa_bairro_estacao..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1217/everton_-_ind_224.2025_-_pavimentacao_asfaltica_ruas_maria_jose_vieira_romao_martins_maria_e_cota.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1218/everton_-_ind_225.2025_-_operacao_tapa_buraco_regiao_central_e_rua_8_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1219/ildeu_-_ind_226.2025_-_sinalizacao_transito_em_frente_ao_condominio_retiro_das_garcas_e_paris.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1220/ildeu_-_ind_227.2025_-_patrolamento_e_rocagem_rua_joao_madalena.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1221/brandao_-_ind_228.2025_-_limpeza_rua_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1222/baltazar_-_ind_229.2025_-_reabertura_porteira_estrada_jaguara_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1223/baltazar_-_ind_230.2025_-_instalacao_quebra_molas_rua_1o_de_maio_e_rua_jair_herculano.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1224/carlos_alberto_-_ind_231.2025_-_postes_iluminacao_publica_rua_5.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1225/carlos_alberto_-_ind_232.2025_-_limpeza_praca_entre_as_ruas_30_e_31.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1226/emanuel_-_ind_233.2025_-_melhorias_rua_jose_vieira_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1227/carlos_-_ind_234.2025_-_melhorias_ruas_cabiuna_jatoba_e_guaribu.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1248/brandao_-_ind_235.2025_-_limpeza_da_rua_o.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1249/brandao_-_ind_236.2025_-_patrolamento_e_limpeza_rua_w.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1250/cesar_-_ind_237.2025_-_iluminacao_publica_ruas_wilson_de_paula_martins_maria_ruth_de_paula_martins_rafael_de_paula_martins.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1251/ildeu_-_ind_238.2025_-_limpeza_e_asfaltamento_rua_prata.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1252/ildeu_-_ind_239.2025_-_asfaltamento_rua_maria_esteves_cotta.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1253/carlos_-_ind_240.2025_-_mauntencao_e_vistoria_rua_angelim.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1254/jose_miguel_-_ind_241.2025_-_sinalizacao_da_rua_varginha.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1255/carlos_-_ind_242.2025_-_rede_eletrica_e_iluminacao_ruas_prof_antonio_carvalho_rio_de_janeiro_andradas_carlos_alves_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1256/emanuel_-_ind_243.2025_-_tapa_buraco_rua_manoel_aranha.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1266/ildeu_-_ind_244.2025_-_recolhimento_resto_capina_rua_manuel_aranha_e_limpeza_rua_acima_da_upa_24_hrs.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1267/julio_-_ind_245.2025_-_redutor_velocidade_rua_venezuela.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1268/everton_-__ind_246.2025_-_pintura_faixa_de_pedestre_bairro_estacao_avenida_caio_martins_e_em_frente_ao_ponto_yazaki.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1269/emanuel_-__ind_247.2025_-_extensao_rede_eletrica_e_pavimentacao_rua_professor_antonio_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1270/jose_miguel_-_ind_248.2025_-_tapa_buracos_ruas_cabiuna_angelim_e_ariba..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1271/ildeu_-_ind_249.2025_-_tapa_buracos_rua_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1272/baltazar_-_ind_250.2025_-_pavimentacao_rua_laerte_goncalves_silva_antiga_rua_3.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1273/everton_-_ind_251.2025_-_limpeza_drenagem_e_asfalto_rua_jose_estacio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1274/andre_-_ind_252.2025_-_medico_ferista_ou_profissional_para_cobrir_ausencias_medicas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1279/carlos_alberto_-_ind_253.2025_-_quebra_molas_rua_barbacena.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1280/ildeu_-_ind_254.2025_-_quebra_molas_rua_sete_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1281/cesar_-_ind_255.2025_-_instalacao_postes_iluminacao_avenida_joaquim_batista_azevedo.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1282/julio_-__ind_256.2025_-_horario_livre_uso_do_campo_bairro_sao_paulo_para_projetos_sociais.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1283/julio_-_ind_257.2025_-_caminhao_pipa_irrigacao_da_rua_florestal.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1284/ildeu_-_ind_258.2025_-_academia_ao_ar_livre_no_espaco_do_bairro_sao_paulo_ao_lado_do_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1285/gercy_-_ind_259.2025_-_recipientes_coleta_de_materiais_reciclaveis.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1286/gercy_-_ind_260.2025_-_recebimentos_recursos_transmatoz_por_meios_alternativos_ao_presencial.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1287/baltazar_-_ind_261.2025_-_pavimentacao_e_calcamento_rua_laginha.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1288/baltazar_-_ind_262.2025_-_instalacao_quebra_molas_e_faixa_pedestre_rua_varginha_e_rua_venezuela.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1289/emanuel_-_ind_263.2025_-_reforma_ampliacao_e_instalacao_equipamentos_praca_abran_ellian_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1290/carlos_-__ind_264.2025_-_providencias_avenida_santa_terezinha_reparos_pintura_faixas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1291/emanuel_-_ind_265.2025_-_asfaltamento_ruas_maria_esteves_cota_e_maria_jose_vieira.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1292/andre_-_ind_266.2025_-_fornecimento_sensor_monitoramento_glicose_do_tipo_libre.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1308/ildeu_-_ind_267.2025_-_retirada_postes_placas_de_transito_em_desuso_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1309/ildeu_-_ind_268.2025_-_instalacao_quebra_molas_rua_guarapari.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1310/everton_-_ind_269.2025_-_medidas_acolhimento_protecao_e_reintegracao_social_pessoas_em_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1311/carlos_alberto_-_ind_270.2025_-_manutencao_e_troca_lampadas_queimadas_pracas_do_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1312/julio_-_ind_271.2025_-_redutor_de_velocidade_rua_gestal_ferreira_maia.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1313/baltazar_-_ind_272.2025_-_pavimentacao_calcamento_morro_do_cafezal.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1314/flavio_-_ind_273.2025_-_inclusao_festa_los_cachaca_calendario_eventos_culturais.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1315/andre_-_ind_274.2025_-_desburocratizacao_exames_ubs.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1316/baltazar_-_ind_275.2025_-_capina_e_limpeza_rua_1o_de_maio.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1317/carlos_-_ind_276.2025_-_melhorias_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1318/everton_-_ind_277.2025_-_limpeza_drenagem_e_asfaltamento_rua_djalma_fernandes.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1319/carlos_-_ind_278.2025_-_melhorias_rua_contorno.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1325/julio_-_ind_280.2025_-_operacao_tapa_buracos_rua_teofilo_otoni.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1326/everton_-_ind_281.2025_-_limpeza_drenagem_e_asfaltamento_rua_maria_cecilia_martins_fonseca.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1327/ildeu_-_ind_282.2025_-_limpeza_academia_ao_ar_livre_no_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1328/ildeu_-_ind_283.2025_-_tamponamento_de_espaco_entre_passeio_e_quebra_molas_em_frente_condominio_lucas_lacerda.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1329/carlos_alberto_-_ind_284.2025_-_limpeza_academia_ao_ar_livre_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1330/brandao_-_ind_285.2025_-_operacao_tapa_buracos_avenida_cesar_juliao_cece_de_sales.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1331/brandao_-_ind_286.2025_-_memorial_ou_estatua_praca_bairro_vitalino_fonseca.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1332/baltazar_-_ind_287.2025_-_alteracao_sentido_circulacao_rua_claudomiro_cupertino_substituicao_placa_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1333/carlos_-_ind_288.2025_-_providencias_rua_prata.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1334/carlos_-_ind_289.2025_-_providencias_rua_valter_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1341/everton_-_ind_290.2025_-_limpeza_rua_frederic_jacob.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1342/julio_-_ind_291.2025_-_pavimentacao_rua_montes_claros.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1343/julio_-_ind_292.2025_-_instalacao_placa_sinalizacao_cruzamento_ruas_pedro_leopoldo_com_rio_grande_do_norte.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1344/carlos_-_ind_293.2025_-_providencias_e_melhorias_rua_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1345/ildeu_-_ind_294.2025_-_instalacao_ponto_onibus_com_abrigo_rodovia_mg_424.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1346/carlos_-_ind_295.2025_-_providencias__bairro_sao_sebastiao_area_atras_da_lucena.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1347/ildeu_-_ind_296.2025_-_conserto_das_placas_de_indicacao_transito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1358/brandao_-_ind_297.2025_-_remuneracao_auxiliares_de_saude_como_tecnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1359/julio_-_ind_298.2025_-_disponibilizacao_onibus_escolar_estudantes_da_apae_pedro_leopoldo_que_residem_em_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1360/baltazar_-_ind_299.2025_-_substituicao_manilha_entre_ruas_joana_darc_e_rua_jose_de_paula_santos.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1361/carlos_-_ind_300.2025_-_providencias_area_da_ponte_do_bairro_bom_sera.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1362/carlos_-_ind_301.2025_-_estudos_e_medidas_mitigar_impactos_trafego_pesado_na_avenida_maestro_zequinha.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1363/brandao_-_ind_302.2025_-_operacao_tapa_buraco_na_esquina_da_rua_ouro_com_rua_aymore.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1374/flavio_-_ind_303.2025_-_anteprojeto_projeto_cultural_e_social_itala_vitoria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1375/flavio_-_ind_304.2025_-_anteprojeto_concurso_infantil_e_juvenil_de_desfile_pequenos_brilhantes.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1376/ildeu_-_ind_316.2025_-_operacao_tapa_buracos_entre_as_ruas_brasilia_e_marieta.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1377/ildeu_-_ind_317.2025_-_instalacao_passarela_ponte_da_estacao.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1378/baltazar_-_ind_318.2025_-_instalacao_placa_sinalizacao_pare_entre_ruas_primeiro_de_maio_e_carlos_alves.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1379/everton_-_ind_319.2025_-_implementacao_plano_de_carreira_dos_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1380/brandao_-_ind_320.2025_-_instalacao_dois_quebra_molas_na_entrada_do_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1381/baltazar_-_ind_321.2025_-_horario_adicional_lotacao_matozinhos_ao_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1382/carlos_-_ind_322.2025_-_instalacao_quebra_molas_e_sinalizacao_rua_barbacena.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1383/jose_miguel_-_ind_323.2025_-_instalacao_meio-fio_e_passeios_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1384/everton_-_ind__324.2025_-_atencao_e_reajuste_sinalizacao_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1400/brandao_-_ind_326.2025_-_recapeamento_rua_carlos_martins.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1401/ildeu_-_ind_327.2025_-_fiscalizacao_transito_conjunto_com_a_policia_militar_na_mg_424.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1402/ildeu_-_ind_328.2025_-_operacao_tapa_buracos_entre_ruas_bonfim_e_avenida_central.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1403/everton_-_ind_329.2025_-_doacao_terreno_e_construcao_imovel_para_acolhimento_institucional.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1404/julio_-_ind_330.2025_-_redutor_de_velocidade_rua_vital_moreira.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1405/gercy_-_ind_331.2025_-_redutor_velocidade_avenida_minas_gerais_e_nas_imediacoes_da_rua_natanael_caldeira.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1406/jose_miguel_-_ind_332.2025_-_fiscalizacao_coibir_pratica_de_carona_na_traseira_de_onibus_e_caminhoes.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1407/julio_-_ind_333.2025_-_paliativo_na_rua_elder_william_antunes.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1408/baltazar_-_ind_334.2025_-_providencias_despejo_irregular_no_leito_do_ribeirao_da_mata.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1409/carlos_-_ind_335.2025_-_servicos_de_caminhao_pipa_bairro_sao_paulo_e_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1420/ildeu_-_ind_336.2025_-_distribuicao_sacolas_plasticas_usuarios_farmacia_central.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1421/ildeu_-_ind_337.2025_-_reparo_ou_revitalizacao_asfaltica_avenida_bento_goncalves.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1422/emanuel_-_ind_338.2025_-_instalacao_redutor_velocidade_rua_ouro_preto.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1423/brandao_-_ind.339.2025_limpeza_rua_maranhao_com_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1424/carlos_-_ind_340.2025_-_instalacao_placas_sinalizacao_quebra_molas_rua_raul_teixeira.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1425/carlos_-_ind_341.2025_-_recolhimento_residuos_capina_e_limpeza_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1435/everton_-_ind_342.2025_-_disponibilizacao_uniformes_rede_municipal_jemat.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1436/everton_-_ind_343.2025_-_reforma_ginasio_poliesportivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1437/brandao_-_ind_345.2025_-_25_dias_uteis_periodo_de_ferias_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1438/ildeu_-_ind_346.2025_-_intervencao_e_obras_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1439/ildeu_-_ind_347.2025_-_fiscalizacao_transporte_publico_umuarama.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1440/jose_miguel_-_ind_348.2025_-_retirada_quebra_molas_e_construcao_de_2_na_rua_dona_bala_proximo_escola_professor_alvaro_drummond.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1441/gercy_-_ind_349.2025_-_orientacao_comerciantes_se_havera_restricao_eventos_do_florestal.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1442/baltazar_-_ind_350.2025_-_implantacao_placa_proibido_estacionar_em_ambos_os_sentidos_rua_elias_joanas.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1443/carlos_-_ind_351.2025_-_melhorias_bairro_aracas.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1444/gercy_-_ind_352.2025_-_adocao_medidas__em_eventos_em_atencao_as_pessoas_com_dificuldade_de_locomocao.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1445/baltazar_-_ind_353.2025_-_pavimentacao_asfaltica_rua_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1446/carlos_-_ind_354.2025_-_medidas_seguranca_na_area_proxima_a_empresa_lemi_refratarios.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1458/ildeu_-_ind_356.2025_-_placa_de_identificacao_e_pintura_centro_especialidades_medicas.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1459/ildeu_-_ind_357.2025_-_poda_de_arvore_em_frente_ao_cisrec_rua_oito_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1460/baltazar_-_ind_358.2025_-pavimentacao_rua_1o_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1461/carlos_alberto_-_ind_359.2025_-_redutor_de_velocidade_rua_dom_pedro_ii.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1462/baltazar_-_ind_360.2025_-_instalacao_poste_de_energia_rua_wilson_de_paula_martins.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1463/carlos_alberto_-_ind_361.2025_-_redutor_velocidade_rua_pirapora.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1464/everton_-_ind_362.2025_-_manutencao_iluminacao_avenida_cesar_juliao_cece_de_sales.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1465/jose_miguel_-_ind_363.2025_-_poda_de_arvore_bairro_liberdade.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1466/carlos_-_ind_364.2025_-_remocao_ou_impactos_negativos_arvore_com_raizes_superficiais_avenida_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1479/everton_-_ind_365.2025_-_instalacao_placas_proibido_jogar_lixo_a_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1480/ildeu_-_ind_366.2025_-_instalacao_tampa_bueiro_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1481/cesar_-_ind_367.2025_-_oficio_embrapa_analise_de_agua_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1482/ildeu_-_ind_368.2025_-_iluminacao_predio_estacao_ferroviaria_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1483/brandao_-_ind_369.2025_-_providencias_precariedade_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1484/carlos_alberto_-_ind_370.2025_-_quebra_molas_rua_ouro_preto.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1485/carlos_alberto_-__ind_371.2025_-_quebra_molas_e_sinalizacao_rua_juiz_de_fora_com_rua_amazonas.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1486/carlos_-_ind_372.2025_-_estudo_viabilidade_melhorias_pracinha_da_cidade_jardim_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1491/brandao_-_ind_376.2025_-_convenio_secretaria_de_saude_municipal_e_estadual_remedios_de_alto_custo.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1492/baltazar_-_ind_377.2025_-_servico_recolhimento_animais_mortos_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1493/carlos_-_ind_378.2025_-_supressao_ou_poda_arvore_rua_horizonte_proximo_ao_no_14.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1494/gercy_-_ind_379.2025_-_recolhimento_restos_vegetais_e_materiais_retirados_-_capina_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1504/cesar_-_ind_380.2025_-_oficio_para_fundacao_ezequiel_dias_funed_-_analise_agua_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1505/brandao_-_ind_381.2025_-_operacao_tapa_buraco_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1506/andre_-_ind_382.2025_-_designacao_servidor_para_auxiliar_preenchimento_lme.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1507/andre_-_ind_383.2025_-_treinamentos_e_capacitacoes_servidores_entrega_de_medicamentos_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1508/everton_-_ind_384.2025_-_valorizacao_salarial_motoristas_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1509/everton_-_ind_385.2025_-_substituicao_lampadas_queimadas_pracinha_proxima_as_quadras_do_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1510/ildeu_-_ind_386.2025_-_intervencao_na_rua_b.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1511/ildeu_-_ind_387.2025_-_intervencao_e_obras_rua_maranhao.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1512/carlos_-_ind_388.2025_-_medidas_seguranca_viaria_na_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1513/carlos_-_ind_389.2025_-_instalacao_lixeiras_no_centro_e_bairros.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1524/everton_-_ind_390.2025_-_inclusao_rota_lotacao_circular_bairro_aracas.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1525/ildeu_-_ind_391.2025_-_instalacao_quebra_molas_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1526/ildeu_-_ind_392.2025_-_reinstalacao_placa_parada_coletivo_e_instalacao_ponto_onibus_rodovia_mtz_10.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1527/julio_-_ind_393.2025_-_paliativo_em_toda_a_extensao_da_rua_9_bairro_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1528/baltazar_-_ind_394.2025_-_substituicao_lampadas_convencionais_por_lampadas_led_na_rua_maria_alice_martins_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1529/everton_-_ind_395.2025_-_construcao_quebra_molas_rua_c.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1530/jose_miguel_-_ind_396.2025_-_plantio_de_arvores_parque_barrocao.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1531/emanuel_-_ind_397.2025_-_servico_de_tapa_buracos_rua_nossa_senhora_do_carmo_bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1532/emanuel_-_ind_398.2025_-_melhorias_iluminacao_publica_entorno_da_escola_dona_jovina_de_mello_veado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1533/flavio_-_ind_399.2025_-_reativacao_e_readequacao_predio_publico_ma_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1546/ildeu_-_ind_400.2025_-_tapa_buracos_e_poda_arvore_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1547/ildeu_-_ind_401.2025_-_instalacao_corrimao_rua_da_cemig.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1548/baltazar_-_ind_402.2025_-_instalacao_placas_proibido_estacional_na_rua_15_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1549/baltazar_-_ind_403.2025_-_reparo_canaleta_de_drenagem_rua_carlos_alves_filho.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1550/carlos_-_ind_404.2025_-_expansao_programa_de_monitoramento_olho_vivo.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1551/everton_-_ind_405.2025_-_instalacao_quebra_molas_avenida_caio_martins_e_rua_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1552/andre_-_ind_406.2025_-_pavimentacao_rua_amazonas.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1553/carlos_-_ind_407.2025_-_medidas_melhora_processo_de_recolhimento_de_lixo_domestico.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1566/ildeu_-_ind_409.2025_-_intervencao_e_obras_rua_jose_de_paula_santos.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1567/carlos_alberto_-_ind_411.2025_-_quebra-molas_e_sinalizacao_na_rua_sete_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1568/carlos_-_ind_412.2025_-_intensificacao_de_rondas_e_acoes_de_seguranca_no_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1569/gercy_-_ind_413.2025_-_intervencao_junto_a_copasa_para_resolver_vazamento_de_esgoto_rua_pirapama.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1570/gercy_-_ind_414.2025_-_vistoria_em_cratera_na_rua_maranhao.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1571/ildeu_-_ind_415.2025_-_concretagem_do_passeio_na_rua_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1572/jose_miguel_-_ind_416.2025_-_revitalizacao_pracinha_e_do_espaco_localizado_na_rua_curio.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1573/julio_-_ind_417.2025_-_manutencao_academia_ao_ar_livre_brinquedos_e_revitalizacao_da_praca_situada_na_rua_curvelo.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1574/baltazar_-_ind_418.2025_-_instalacao_de_meio-fio_na_calcada_da_rua_pirapora_esquina_com_a_rua_do_chile.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1589/everton_-_ind_419.2025_-_instalacao_placas_proibido_estacionar_na_rua_carlos.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1590/everton_-_ind_420.2025_-_tampagem_e_limpeza_bueiros_abertos_rua_presidente_deodoro_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1591/ildeu_-_ind_421.2025_-_limpeza_de_via_e_manutencao_rede_eletrica_na_travessa_sargento_geraldo_maria_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1592/ildeu_-_ind_422.2025_-_conserto_interfone_escola_professor_alvaro_drummond.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1593/carlos_-_ind_423.2025_-_limpeza_e_manutencao_rua_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1594/andre_-_ind_424.2025_-_revitalizacao_e_construcao_de_quadra_e_banheiros_publicos_praca_do_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1595/carlos_-_ind_425.2025_-_implantacao_de_melhorias_na_sinalizacao_seguranca_e_iluminacao_rua_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1596/andre_-_ind_426.2025_-_reforma_da_ubs_do_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1608/carlos_alberto_-_ind_427.2025_-_providencias_cabos_soltos_em_vias_publicas_empresas_de_internet_e_telefonia.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1609/jose_miguel_-_ind_428.2025_-_alteracao_codigo_tributario_municipal_no_que_se_refere_ao_itbi.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1610/julio_-_ind_429.2025_-_retirada_entulhos_avenida_maestro_zequinha.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1611/andre_-_ind_430.2025_-_implantacao_heliponto_area_adjacente_a_upa.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1612/carlos_-_ind_432.2025_-_implantacao_sinalizacao_proibido_estacionar_via_onde_se_localiza_edificio_placido_ribeiro_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1613/gercy_-_ind_433.2025_-_sinalizacao_e_aumento_redutor_de_velocidade_na_rua_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1614/ildeu_-_ind_435.2025_-_instalacao_placa_de_parada_obrigatoria_entre_ruas_dom_pedro_ii_e_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1615/ildeu_-_ind_436.2025_-_manutencao_vias_alcenor_goncalves_silva_e_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1616/emanuel_-_ind_437.2025_-_drenagem_reforma_galerias_e_pavimentacao_ruas_nossa_sra_do_carmo_dr_jose_diniz_alves_varginha_pernambuco_castelo_branco_e_padre_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1617/carlos_-_ind_438.2025_-_faixa_elevada_de_pedestres_na_pracinha_do_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1618/baltazar_-_ind_439.2025_-_pavimentacao_rua_professor_antonio_carvalho.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1619/everton_-_ind_440.2025_-_retorno_horario_antigo_das_linhas_de_onibus_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1620/baltazar_-_ind_441.2025_-_fiscalizacao_rua_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1621/everton_-_ind_442.2025_-_instalacao_novos_bebedouros_em_todas_as_unidades_de_saude_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1622/brandao_-_ind_443.2025_-_compra_de_novas_blusas_dos_funcionarios_secretaria_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1623/brandao_-_ind_444.2025_-_agilidade_implantacao_ponto_de_apoio_laboratorio_labicon.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1629/carlos_alberto_-_ind_445.2025_-_drenagem_pluvial_rua_dom_pedro_ii.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1630/ildeu_-_ind_447.2025_-_instalacao_de_portico_ou_portal_de_boas_vindas_na_entrada_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1631/ildeu_-_ind_448.2025_-_obras_na_pracinha_situada_na_rua_ulisses_gomes_ferreira.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1632/carlos_alberto_-_ind_449.2025_-_quebra_molas_e_sinalizacao_na_rua_paulo_goncalves_e_revitalizacao_quebra_molas_apos_a_mercearia.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1633/emanuel_-_ind_450.2025_-_instalacao_de_coberturas_e_bancos_nos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1634/everton_-_ind_451.2025_-_aquisicao_e_distribuicao_de_mochilas_escolares.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1635/everton_-_ind_452.2025_-_aquisicao_e_distribuicao_de_kits_odontologicos.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1636/carlos_-_ind_453.2025_-_melhorias_sistema_telefonia_fixa_prefeitura_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1637/carlos_-_ind_454.2025_-_melhorias_iluminacao_publica_pracas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1649/carlos_-_ind_455.2025_-_providencias_situacao_lote_localizado_na_rua_santa_juliana.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1650/ildeu_-_ind_456.2025_-_demarcacoes_asfalticas_nas_vias_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1651/ildeu_-_ind_457.2025_-_troca_de_lampadas_rua_bom_despacho.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1652/carlos_alberto_-_ind_458.2025_-_instalacao_sistema_monitoramento_por_camera_no_centro_de_especialidades.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1653/baltazar_-_ind_460.2025_-_instalacao_redutor_velocidade_rua_varginha.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1654/gercy_-_ind_461.2025_-_verificacao_condicoes_rede_de_iluminacao_na_rua_natanael_caldeira.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1655/carlos_-_ind_462.2025_-_corte_ou_poda_de_arvore_na_rua_laginha.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1656/julio_-_ind_463.2025_-_refazer_faixa_de_pedestre_na_rua_curvelo.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1657/emanuel_-_ind_464.2025_-_instalacao_placa_proibido_trafego_de_caminhoes_na_rua_presidente_washington_luiz_e_substituicao_poste_de_energia.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1658/emanuel_-_ind_465.2025_-_visita_tecnica_defesa_civil_no_bloco_1_do_condominio_algarve.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1669/everton_-_ind_466.2025_-_instalacao_placas_de_sinalizacao_nos_pontos_de_embarque_e_desembarque_de_escolares.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1670/ildeu_-_ind_469.2025_-_intervencoes_e_obras_na_rua_andre_favalelli_proximidade_condominio_retiro_das_garcas.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1671/everton_e_carlos_alberto_-_ind_470.2025_-_implantacao_sentido_unico_rua_bolivia_e_rua_argentina.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1672/andre_-_ind_471.2025_-_troca_e_aquisicao_novas_cadeiras_de_rodas_e_cadeiras_de_medicacao_para_a_upa.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1673/brandao_-_ind_472.2025_-_inclusao_de_mais_uma_linha_de_transporte_coletivo_para_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1674/jose_miguel_-_ind_473.2025_-_avaliacao_instalacao_redutores_de_velocidade_na_avenida_jk.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1675/baltazar_-_ind_474.2025_-_pavimentacao_e_calcamento_rua_jair_teixeira.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1676/ildeu_-_ind_475.2025_-_placa_de_identificacao_do_psf_aracas.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1677/gercy_-_ind_476.2025_-_designacao_de_fiscais_e_providencias_cumprimento_codigo_de_posturas_municipal.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1678/gercy_-_ind_477.2025_-_instalacao_de_barreira_fisica_proximidades_da_mg_424.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1691/carlos_-_ind_478.2025_-_limpeza_manutencao_iluminacao_publica_e_conservacao_urbana_rua_domingos_xavier_e_rua_do_curral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1692/ildeu_-_ind_479.2025_-_transferencia_ponto_de_onibus_rua_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1693/ildeu_-_ind_480.2025_-_instalacao_boca_de_lobo_avenida_dr_jurandyr_da_costa_campos.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1694/baltazar_-_ind_481.2025_-_anteprojeto_conservador_de_aguas.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1695/baltazar_-_ind_482.2025_-_avaliacao_destinacao_recursos_devolucao_de_valores_da_camara_para_acoes_de_preservacao_e_recuperacao_hidrica.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1696/flavio_-_ind_483.2025_-_revitalizacao_praca_situada_no_trevo_de_entrada_do_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1697/flavio_-_ind_484.2025_-_revitalizacao_quadra_poliesportiva_no_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1698/brandao_-_ind_485.2025_-_sinalizacao_mg_424_indicando_a_entrada_para_o_bairro_nossa_senhora_de_fatima_nos_dois_sentidos.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1699/carlos_-_ind_486.2025_-_corte_ou_poda_de_arvore_rua_j.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1700/jose_miguel_-_ind_487.2025_-_solicita_ao_poder_executivo_oficio_a_deputada_nayara_rocha_para_retorno_da_carreta_da_saude_oftalmologia_cardiologia_e_mamografia.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1706/everton_-_ind_488.2025_-_instalacao_placas_de_orientacao_e_sinalizacao_sobre_proibicao_circulacao_ciclistas_nas_calcadas_e_faixas_destinadas_a_pedestres.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1707/ildeu_-_ind_489.2025_-_instalacao_de_bracos_com_luminaria_rua_dois_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1708/carlos_alberto_-_ind_490.2025_-_gerador_de_energia_no_setor_de_epidemiologia_armazenamento_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1709/ildeu_-_ind_491.2025_-_instalacao_tampa_de_drenagem_de_aguas_pluviais_na_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1710/gercy_-_ind_492.2025_-_reparos_necessarios_abertura_de_cratera_rua_maranhao.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1711/emanuel_-_ind_493.2025_-_redirecionamento_sinal_de_pedestres_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1712/carlos_-_ind_494.2025_-_limpeza_capina_e_manutencao_praca_do_projeto_movimentar_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1713/gercy_-_ind_496.2025_-_medidas_cabiveis_referente_as_demandas_dos_taxistas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1714/emanuel_-_ind_497.2025_-_aquisicao_freezer_para_creche_sao_judas_tadeu.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1715/julio_-_ind_498.2025_-_limpeza_e_instalacao_praca_com_playground_rua_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1726/ildeu_-_ind_499.2025_-_instalacao_de_lixeiras_em_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1727/brandao_-_ind_500.2025_-_faixa_de_pedestre_elevacao_imediacoes_do_forum.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1728/emanuel_-_ind_501.2025_-_estudo_tecnico_drenagem_e_escoamento_aguas_pluviais_rua_visconde_do_rio_das_velhas.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1729/jose_miguel_-_ind_502.2025_-_disponibilizacao_legislativo_ticket_alimentacao_cartoes_de_visita_camisas_institucionais_seguranca_recepcao_aluguel_veiculos.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1730/everton_-_ind_503.2025_-_capina_e_limpeza_praca_da_estacao.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1731/carlos_alberto_-_ind_504.2025_-_inclusao_dia_dedicado_ao_publico_gospel_comemoracoes_aniversario_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1732/baltazar_-_ind_505.2025_-_transferencia_ponto_de_lotacao_proximidades_sacola_cheia_para_proximidades_ponto_da_empada.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1733/carlos_-_ind_506.2025_-_operacao_tapa_buracos_bairros_cruzeiro_cidade_jardim_alvorada_sao_cristovao_vista_alegre_bom_jardim_nossa_sra_de_fatima_e_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1734/carlos_-_ind_507.2025_-_estudo_tecnico_transformar_rua_8_de_dezembro_em_sentido_unico.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1735/baltazar_-_ind_508.2025_-_pavimentacao_em_bloquetes_estudos_de_hidraulica_e_canalizacao_ruas_geraldo_pereira_e_rua_paulo_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1736/ildeu_-_ind_509.2025_-_instalacao_passeio_com_corrimao_margens_da_mg_424_primeira_entrada_do_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1749/ildeu_-_ind_510.2025_-_instalacao_redutor_de_velocidade_rua_primeiro_de_maio.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1750/everton_-_ind_511.2025_-_poda_de_arvores_rua_valter_cavalcante_e_rua_esmeralda.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1751/ildeu_-_ind_512.2025_-_limpeza_e_concretagem_parquinho_da_escola_herminia_diniz_figueiredo_e_poda_do_gramado.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1752/julio_-_ind_513.2025_-_verificacao_e_reparo_asfalto_novo_da_rua_rio_grande_do_sul.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1753/jose_miguel_-_ind_514.2025_-_limpeza_capina_e_operacao_tapa_buracos_bairro_bom_jardim.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1754/jose_miguel_-_ind_515.2025_-_paliativo_na_rua_e.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1755/gercy_-_ind_516.2025_-_medidas_reorganizacao_sistema_de_deposito_e_coleta_de_residuos_para_melhoria_de_limpeza_urbana.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1756/carlos_-_ind_517.2025_-_extensao_rede_de_energia_eletrica_regiao_proxima_a_brauna_cafezal.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1757/carlos_-_ind_518.2025_-_faixa_de_pedestres_redutor_de_velocidade_sinalizacao_na_mg_424_proximidades_mizu_cimentos.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1758/andre_-_ind_519.2025_-_criacao_sistema_municipal_de_regulacao_de_vagas_para_transferencia_e_encaminhamento_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/890/ildeu_-_mocao_1.2025_-_parabenizacao_joice_cristina_da_silva.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/891/flavio_-_mocao_2.2025_-_pesar_familiares_maria_da_conceicao_jorge_da_silva_nhanha.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/892/plenario_em_colegiado_-_mocao_3.2025_-_pesar_familiares_antonio_jose_carvalho_toninho_aleixo.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/893/flavio_-_mocao_4.2025_-_parabenizacao_studio_jessica_oliveira.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/895/andre_-_mocao_6.2025_-_pesar_familiares_maria_raimunda_sadica.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/896/andre_-_mocao_7.2025_-_pesar_familiares_laura_gomes.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/897/flavio_-_mocao_8.2025_-_parabenizacao_geraldo_moreira_dos_santos_junior.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/898/carlos_alberto_-_mocao_9.2025_-_pesar_familiares_de_maria_eneuza_raimundo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/899/flavio_-_mocao_10.2025_-_parabenizacao_samuel_elias_perazolli.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/900/brandao_-__mocao_11.2025_-_parabenizacao_laecio_soares_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/902/carlos_alberto_e_everton_-_mocao_15.2025_-_parabenizacao_kelly_goncalves_e_karina_saturnino.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/910/everton_-_mocao_16.2025_-_parabenizacao_kamilly_luiza_ferreira_monstrinha.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/903/flavio_-_mocao_17.2025_-_parabenizacao_cia_jg_de_rodeio.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/904/flavio_-_mocao_18.2025_-_parabenizacao_banda_catarze.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/905/flavio_-_mocao_19.2025_-_parabenizacao_organizacao_concurso_mini_miss_e_mister_mirim.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/906/andre_-_mocao_20.2025_-_pesar_familiares_flavia_e_tania.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/907/brandao_-_mocao_21.2025_-_pesar_ex_vereador_paulo_martins.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/908/andre_-_mocao_22.2025_-_parabenizacao_maes_atipicas_caminhada_autismo.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/909/everton_-_mocao_23.2025_-_parabenizacao_otavio_maia_fonseca.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1228/emanuel_-_mocao_24.2025_-_pesar_familiares_reinaldo_rosa_soares_rei.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1229/emanuel_-_mocao_25.2025_-_parabenizacao_ivan_rosa_soares_junior.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1245/jose_miguel_-_mocao_26.2025_-_aplausos_rogerio_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1246/andre_-_mocao_27.2025_-_pesar_familiares_marilene_alves_sobrinho_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1247/carlos_e_jose_miguel_-_mocao_29.2025_-_parabenizacao_mateus.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1262/andre_-_mocao_30.2025_-_parabenizacao_amanda_e_douglas.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1293/andre_-_mocao_31.2025_-_pesar_familiares_maria_das_gracas_silva_e_sousa.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1294/andre_-_mocao_32.2025_-_pesar_familiares_salete_rolo_santana.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1300/everton_-_mocao_33.2025_-_pesar_aos_familiares_de_wanderlei_aparecido_fernandes_correa.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1301/flavio_-_mocao_34.2025_-_parabenizacao_evento_los_cachaca.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1302/andre_-_mocao_35.2025_-_parabenizacao_junia_suelem_cupertino_moreira.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1307/ildeu_-_mocao_36.2025_-_pesar_familiares_alceu_pereira.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1353/everton_e_flavio_-_mocao_37.2025_-_parabenizacao_guarda_municipal_de_matozinhos_programa_patrulha_escolar.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1354/everton_-_mocao_38.2025_-_parabenizacao_lucas_inacio_lana_taveira.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1371/carlos_alberto_-_mocao_42.2025_-_parabenizacao_rodrigo_de_oliveira_leao.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1389/carlos_-_mocao_43.2025_-_parabenizacao_para_equipe_da_transmatoz.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1416/everton_-_mocao_44.2025_-_parabenizacao_vander_de_paula_silva_e_samuel_corradi_pereira.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1451/emanuel_-_mocao_45.2025_-_parabenizacao_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1452/emanuel_-_mocao_46.2025_-_parabenizacao_secretaria_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1495/carlos_alberto_-_mocao_47.2025_-_parabenizacao_ines_cristina_rosa_soares_pires.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1502/ildeu_-_mocao_48.2025_-_parabenizacao_marcia_regina_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1503/ildeu_-_mocao_49.2025_-_parabenizacao_alexandre_pontes.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1520/ildeu_-_mocao_51.2025_-_parabenizacao_joao_carlos_souza_da_silva.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1521/carlos_alberto_-_mocao_52.2025_-_parabenizacao_ana_julia_de_souza.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1522/plenario_em_colegiado_-_mocao_53.2025_-_pesar_falecimento_servidor_douglas_de_oliveira_marinho.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1523/plenario_em_colegiado_-_mocao_54.2025_-_pesar_falecimento_gilberto_perazolli.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1544/everton_-_mocao_55.2025_-_pesar_-_elenice_de_araujo_marques_silva.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1545/andre_-_mocao_56.2025_-_pesar_-_elenice_de_araujo_marques_silva.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1561/everton_-_mocao_57.2025_-_parabenizacao_professor_geraldo_rosa_santos.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1562/gercy_-_mocao_58.2025_-_parabenizacao_vereador_carlos_henrique_kaka.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1563/gercy_-_mocao_59.2025_-_parabenizacao_jessica_cicilia_alves.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1564/plenario_em_colegiado_-_mocao_60.2025_-_parabenizacao_tiro_de_guerra_04-043.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1565/plenario_em_colegiado_-_mocao_61.2025_-_parabenizacao_ana_luiza_dos_santos_circunde_e_raquel_ferreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1588/ildeu_-_mocao_62.2025_-_parabenizacao_maria_jose_santa_rosa_silva.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1626/carlos_alberto_-_mocao_63.2025_-_parabenizacao_grupo_missionario_da_igreja_icre.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1641/carlos_alberto_-_mocao_64.2025_-_parabenizacao_atleta_edna_conceicao_pereira_marques.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1642/carlos_alberto_-_mocao_65.2025_-_parabenizacao_academia_felix_jiu_jitsu.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1663/carlos_alberto_-_mocao_66.2025_-_parabenizacao_flavio_diniz_vieira.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1664/jose_miguel_e_carlos_alberto_-_mocao_67.2025_-_parabenizacao_jose_de_castro_procopio.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1723/brandao_-_mocao_69.2025_-_pesar_clelia_boy_teixeira_chaves.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1722/emanuel_-_mocao_72.2025_-_parabenizacao_josue_barbosa_dionisio.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1724/ildeu_-_mocao_73.2025_-_parabenizacao_orquestra_amare.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1725/carlos_alberto_-_mocao_74.2025_-_parabenizacao_atleta_marcos_vinicius_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1747/ildeu_-_mocao_75.2025_-_parabenizacao_emerson_mares_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1748/everton_-_mocao_76.2025_-_parabenizacao_cruz_fight_team_e_pantera_fight_team.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/911/pl_2823.2025_-_programa_de_recuperacao_de_creditos_fiscais_refis_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/912/pl_2824.2025_-_altera_lei_1964.2006_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/914/pl_2825.2025_-_altera_lc_083.1951_e_leis_1999.2007_2000.2007_e_2001.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/915/pl_2826.2025_-_autoriza_poder_executivo_credito_caixa_finisa_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/931/pl_2827.2025_-_altera_lc_11.2009_encerrado_e_retificado_para_plc_117.2025_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/916/pl_2828.2025_-_abertura_credito_especial_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/917/pl_2829.2025_-_revisao_geral_e_aumento_real_servidores_saude_lei_1999.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/918/pl_2830.2025_-_revisao_geral_e_aumento_servidores_administracao_lei_2227.2013_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pl_2831.2025_-_revisao_geral_e_aumento_servidores_educacao_lei_2228.2013_e_lc_55.2017_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/920/pl_2832.2025_-_recomposicao_salarial_secretarios_municipais_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_2833.2025_-_alimentacao_escolar_professores_e_profissionais_educacao_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/921/pl_2834.2025_-_contagem_tempo_periodo_28.05.2020_e_31.12.2021_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/934/pl_2835.2025_-_contagem_tempo_periodo_28.05.2020_e_31.12.2021_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/922/pl_2836.2025_-_autoriza_abertura_de_credito_adicional_suplementar_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_2837.2025_-_plano_cargos_carreiras_e_vencimentos_-_fiscais_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/935/pl_2838.2025_-_credito_adicional_suplementar_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pl_2839.2025_-_credito_adicional_suplementar_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1230/pl_2840.2025_-_altera_lei_2001_de_09.04.2007_e_da_outras_providencias_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1231/pl_2841.2025_-_autoriza_poder_executivo_celebrar_acordos_judiciais_e_extrajudiciais_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1232/pl_2842.2025_-_dispoe_sobre_lei_de_diretrizes_orcamentarias_2026_-_ldo_2026_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1233/pl_2843.2025_-_denomina_via_publica_situada_em_matozinhos_tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1234/pl_2844.2025_-_altera_lei_municipal_2423_de_07.07.2020_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1235/pl_2845.2025_-_institui_comissao_permanente_de_avaliacao_de_bens_imoveis_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1258/pl_2846.2025_-_altera_lei_municipal_1.593_de_22.09.2000_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1259/pl_2847.2025_-_dispoe_sobre_apreensao_de_animais_de_medio_e_grande_porte_soltos_nas_vias_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1260/pl_2848.2025_-_altera_lei_2.584_de_17.07.2023_revoga_lei_2.085_de_06.01.2010_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1295/pl_2849.2025_-_encontro_gospel_mocambeiro_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1303/pl_2850.2025_-_autorizacao_e_ratificacao_consorcio_intermunicipal_comgranbel_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1296/pl_2851.2025_-_acesso_facilitado_aos_locais_eventos_matozinhos_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1304/pl_2852.2025_-_absorcao_matriculas_ensino_fundamental_da_rede_estadual_para_municipio_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1305/pl_2853.2025_-_altera_lei_2000_de_09.04.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_2855.2025_-_altera_lei_municipal_2479_de_07.07.2022_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1348/pl_2856.2025_-_autoriza_doacao_area_de_terreno_lamas_destilaria_e_cervejaria_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1349/pl_2857.2025_-_autoriza_doacao_area_de_terreno_fergumatos_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1350/pl_2858.2025_-_altera_lei_municipal_2584.2023_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_2859.2025_-_altera_lei_municipal_no_2.436_de_15.03.2021_bolsa_atirador_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1352/pl_2860.2025_-_dispoe_sobre_a_concessao_de_auxilio_alimentacao_servidores_poder_executivo_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1365/pl_2861.2025_-_denomina_vias_publicas_situadas_no_distrito_de_mocambeiro_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1366/pl_2862.2025_-_revoga_dispositivos_da_lei_municipal_no__2.265_de_24.10.2014_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1367/pl_2863.2025_-_altera_os_artigos_3o_4o_e_5o_da_lei_no_2.329_de_11.04.2017_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1368/pl_2864.2025_-_autoriza_mun._matozinhos_a_celebrar_convenio_de_cooperacao_com_municipio_de_capim_branco_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1369/pl_2865.2025_-_autoriza_municipio_de_matozinhos_a_associar-se_a_amig_associacao_dos_munc._mineradores_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1370/pl_2866.2025_-_institui_o_programa_profissional_legal_no_municipio_de_mtz_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1395/pl_2867.2025_-_denomina_via_publica_no_municipio_de_matozinhos_tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_2868.2025_-_institui_o_dia_do_refratarista_no_calendario_oficial_do_municipio_de_matozinhos_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_2869.2025_-_altera_lei_municipal_no_1453_de_29.08.1997_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1397/pl_2870.2025_-_altera_lei_municipal_no_2633_de_21.03.2025_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1412/pl_2871.2025_-_denomina_via_publica_em_matozinhos__tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1413/pl_2872.2025_-_termo_associativo_e_repasse_actg_-_associacao_do_circuito_turistico_das_grutas_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1414/pl_2873.2025_-_autoriza_abertura_credito_adicional_suplementar_por_superavit_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1426/pl_2874.2025_-_altera_a_lei_2.133_de_16.05.2011_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1427/pl_2875.2025_-_denomina_via_publica_situada_no_distrito_de_mocambeiro_tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1428/pl_2876.2025_-_denomina_via_publica_situada_no_distrito_de_mocambeiro_tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1449/pl_2877.2025_-_denomina_via_publica_situada_no_distrito_de_mocambeiro_versao_site.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_2878.2025_-_institui_a_semana_da_forca_de_vontade_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_2879.2025_-_plano_plurianual_ppa_2026.2029.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1474/pl_2880.2025_-_estima_receita_e_fixa_despesa_para_exercicio_financeiro_de_2026_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1496/pl_2881.2025_-_altera_lei_2584_de_17.07.23_que_dispoe_politica_municipal_direitos_crianca_e_adolescente_conselho_tutelar_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1536/pl_2882.2025_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_superavit_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1537/pl_2883.2025_-_concessao_de_cestas_de_natal_aos_servidores_da_camara_municipal_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1578/pl_2884.2025_-_institui_programa_integrado_de_protecao_e_seguranca_escolar.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_2885.2025_-_criacao_conselho_municipal_esportes_e_fundo_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1580/pl_2886.2025_-_credito_adicional_suplementar_por_superavit_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/pl_2887.2025_-_desafetacao_de_bem_publico_e_permuta_de_area_especifica.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1605/pl_2888.2025_-_autoriza_abertura_credito_adicional_suplementar_por_anulacao_de_saldo_orcamentario_tramitacao_complementar.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/pl_2889.2025_-_denomina_via_publica_situada_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_2890.2025_-_denomina_via_publica_situada_no_distrito_de_mocambeiro_versao_site.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1625/pl_2891.2025_-_concede_ao_servidor_um_dia_de_folga_no_dia_do_aniversario.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/pl_2892.2025_-_autorizacao_e_ratificacao_protocolo_intencoes_consorcio_publico_intermunicipal_multifinalitario_-_conminas.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/pl_2893.2025_-_autoriza_doacao_de_area_de_terreno_em_favor_da_empresa_xavier_mecanica_industrial.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/pl_2894.2025_-_obrigatoriedade_das_entidades_de_internacao_coletiva_fixacao_cartazes_liberdade_assistencia_religiosa.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/pl_2895.2025_-_credito_adicional_suplementar_por_superavit.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/pl_2896.2025_-_doacao_de_imovel_a_pessoa_que_menciona_hidromet.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_2897.2025_-_concessao_auxilio_alimentacao_aos_agentes_comunitarios_de_saude_e_agentes_de_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_2898.2025_-_altera_lei_municipal_1069_de_03_de_abril_de_1989.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1682/pl_2899.2025_-_denomina_a_praca_publica_situada_no_bairro_cruzeiro_versao_site.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1683/pl_2900.2025_-_cria_o_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_2902.2025_-_altera_lei_2664_de_29_de_agosto_de_2025.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1718/pl_2903.2025_-_denomina_via_publica_situada_em_mocambeiro_versao_site.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1741/pl_2905.2025_-_altera_lei_municipal_2640_de_29_de_abril_de_2025_gratificacao_produtividade.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/924/plc_117.2025_-_altera_lc_no_11_de_2009_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/925/plc_118.2025_-_altera_lc_003.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/938/plc_119.2025_-_reajuste_servidores_camara_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/926/plc_120.2025_-_revisao_geral_e_aumento_servidores_cargos_comissao_lc_12.2010_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/927/plc_121.2025_-_revisao_geral_e_aumento_funcoes_gratificadas_lc_12.2010_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/928/plc_122.2025_-_revisao_geral_e_aumento_servidores_administracao_lc_60.2017_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/929/plc_123.2025_-_revisao_geral_e_aumento_servidores_administracao_lc_11.2009_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/930/plc_124.2025_-_revisao_geral_e_aumento_vencimento_base_diretores_escolares_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/937/plc_125.2025_-_altera_anexo_i_lista_servicos_lei_747.1979_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/939/plc_126.2025_-_altera_lc_012_de_20.01.2010_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1242/plc_127.2025_-_altera_dispositivos_lc_062.2017_e_lei_1601.2000_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1297/plc_128.2025_-_cria_cargos_monitor_de_creche_e_altera_lei_2.001_de_09.04.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1261/plc_129.2025_-_altera_lc_012_de_20.01.2010_dam_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1447/plc_130.2025_-_institui_o_programa_profissional_legal_no_municipio_de_mtz_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1469/plc_131.2025_-_dispoe_sobre_grupo_de_direcao_e_assessoramento_quadro_geral_de_cargos_provimento_em_comissao_e_funcoes_gratificadas_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1470/plc_132.2025_-_institui_taxa_de_controle_acomp._e_fisc._atividades_de_pesquisa_lavra_exploracao_e_aproveitamento_recursos_minerarios_-_tfrm_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1471/plc_133.2025_-_altera_lei_municipal_747.78_e_lei_municipal_1069_de_03.04.1989_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1497/plc_134.2025_-_altera_lei_1999_de_09.04.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1498/plc_135.2025_-_altera_lc_003_de_09.04.2007_-_estrutura_organizacional_da_adm_direta_do_poder_executivo_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1538/plc_136.2025_-_cria_cargo_de_neuropsicopedagogo_altera_lei_2001_de_09.04.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1624/plc_137.2025_-_concessao_de_cestas_de_natal_aos_servidores_da_camara_municipal_de_matozinhos_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/plc_138.2025_-_criacao_ouvidoria_da_guarda_municipal_e_institui_cargo_ouvidor_geral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1399/pr_361.2025_-_autoriza_mesa_diretora_a_baixaro_do_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1450/pr_362.2025_-_altera_artigos_que_menciona_da_resolucao_no_338.2022_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pdl_67.2025_-_cidada_honoraria_maria_goreti_versao_site.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1236/pdl_68.2025_-_dispoe_sobre_aprovacao_contas_poder_executivo_-_exercicio_de_2023_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1662/pdl_69.2025_-_titulo_de_cidada_honoraria_-_nayara_rocha_versao_site.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1740/pdl_70.2025_-_dispoe_sobre_aprovacao_contas_poder_executivo_exercicio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/828/portaria_1390.2025_-_nomeia_diretora_legislativa_deiziane_borges.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/829/portaria_1391.2025_-_nomeia_diretor_administrativo_-_joel_eleoterio.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/830/portaria_1392.2025_-_nomeia_chefe_de_gabinete_-_juliana_vieira.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/831/portaria_1393.2025_-_nomeia_controlador_geral_-_marcelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/832/portaria_1394.2025_-_exonera_diretora_legislativa_-_deiziane.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/833/portaria_1395.2025_-_nomeia_diretora_legislativa_-_poliana_araujo.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/834/portaria_1396.2025_-_nomeia_gestora_tesouraria_-_deiziane.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/835/portaria_1397.2025_-_nomeia_gestor_de_recursos_humanos_-_admilson.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/836/portaria_1398.2025_-_nomeia_assessor_parlamentar_cleiberson_andre_barbosa.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/837/portaria_1399.2025_-_nomeia_assessora_parlamentar_leticia_oliveira_jose_miguel.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/838/portaria_1400.2025_-_nomeia_assessor_parlamentar_luiz_fernando_brandao.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/839/portaria_1401.2025_-_nomeia_diretor_financeiro_nathan_jose_miguel.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/840/portaria_1402.2025_-_nomeia_assessor_parlamentar_andre_felipe_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/841/portaria_1403.2025_-_nomeia_assessora_parlamentar_fernanda_aparecida_ildeu.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/842/portaria_1404.2025_-_nomeia_assessor_parlamentar_silas_emilio_everton.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/843/portaria_1405.2025_-_nomeia_gestor_de_compras_yuri_gabriel.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/844/portaria_1406.2024_-_nomeia_assessor_juridico_presidencia_-_wellington_araujo.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/845/portaria_1407.2025_-_revoga_portaria_1398.2025_-_nomeacao_assessor_cleiberson_andre.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/846/portaria_1408.2025_-_anula_portarias_de_jose_miguel_1389.2025_ate_1407.2025.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/847/portaria_1409.2025_-_nomeia_assessora_parlamentar_mariana_alves_gercy.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/848/portaria_1410.2025_-_nomeia_assessor_parlamentar_tiago_soares_emanuel_sincero_oba.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/849/portaria_1411.2025_-_nomeia_procuradora_geral_kelly_franca.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/850/portaria_1412.2025_-_nomeia_assessora_parlamentar_silvia_regina_carlos_alberto_biga.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/851/portaria_1413.2025_-_nomeia_assessor_parlamentar_luiz_fernando_brandao.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/852/portaria_1414.2025_-_nomeia_assessor_parlamentar_silas_emilio_everton.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/853/portaria_1415.2025_-_nomeia_gestora_de_tesouraria_-_cintia_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/854/portaria_1416.2025_-_nomeia_assessor_parlamentar_cleiberson_andre_barbosa.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/855/portaria_1417.2025_-_nomeia_assessor_parlamentar_andre_felipe_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/856/portaria_1418.2025_-_nomeia_controladora_geral_jussara_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/857/portaria_1419.2025_-_nomeia_assessora_parlamentar_leticia_oliveira_jose_miguel.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/858/portaria_1420.2025_-_nomeia_agente_de_contratacao_roberta_cardoso.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/859/portaria_1421.2025_-_nomeia_assessora_parlamentar_poliana_araujo_cesar.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/860/portaria_1422.2025_-_nomeia_assessora_parlamentar_fernanda_aparecida_ildeu.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/861/portaria_1423.2025_-_nomeia_diretora_administrativa_-_shirley_viana.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/862/portaria_1424.2025_-_nomeia_assessora_parlamentar_caroline_de_freitas_baltazar.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/863/portaria_1425.2025_-_revoga_portaria_1423.2025.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/864/portaria_1426.2025_-_nomeia_diretora_financeira_-_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/865/portaria_1427.2025_-_nomeia_assessor_de_comunicacao_e_imprensa_-_diogenes.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/866/portaria_1428.2025_-_nomeia_diretor_legislativo_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/867/portaria_1429.2025_-_nomeia_assessora_parlamentar_-_fabiane_julio.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/868/portaria_1430.2025_-_nomeia_gestora_de_recursos_humanos_-_shirley_viana.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/869/portaria_1431.2025_-_nomeia_diretora_administrativa_-_sandala.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/870/portaria_1432.2025_-_nomeia_gestora_de_compras_brena.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/871/portaria_1433.2025_-_nomeia_assessora_parlamentar_-_jennifer_flavio.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/872/portaria_1434.2025_-_dispoe_sobre_composicao_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/873/portaria_1435.2025_-_designa_servidora_recebimento_numerario_e_despesas_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/874/portaria_1436.2025_-_agente_de_contratacao_membros_da_equipe_apoio_e_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/875/portaria_1437.2025_-_licenca_maternidade_servidora_regina.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/876/portaria_1438.2025_-_nomeia_assessora_juridica_da_presidencia_-_jane_maria.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/877/portaria_1439.2025_-_anula_portaria_1429.2025_nomeacao_assessora_fabiane.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/878/portaria_1440.2025_-_nomeia_chefe_de_gabinete_-_emerson_mares.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/879/portaria_1441.2025_-_composicao_procuradoria_da_mulher_e_revoga_portaria_1434.2025.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/880/certidao_-_numeracao_nula_de_portaria_1442.2025.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/881/portaria_1443.2025_-_membros_comissoes_permanentes_bienio_2025.2026.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/882/portaria_1444.2025_-_nomeia_assessora_parlamentar_laysa_sabriny_julio_cesar.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/883/portaria_1445.2025_-_diretrizes_uso_veiculo_camara.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/884/portaria_1446.2025_-_feriados_e_pontos_facultativos_camara_2025.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/885/portaria_1447.2025_-_comissao_inventariante.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/886/portaria_1448.2025_-_comissao_avaliacao_especial_desempenho_kelly_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/887/portaria_1449.2025_-_exonera_diretora_administrativa_-_sandala.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/888/portaria_1450.2025_-_nomeia_diretora_administrativa_-_jessica_cicilia.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/889/portaria_1451.2025_-_comissao_avaliacao_especial_desempenho_kelly_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/932/portaria_1452.2025_-_exonera_gestora_de_compras_-_brena.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1213/portaria_1453.2025_-_comissao_organizadora_processo_seletivo_01.2025.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1237/portaria_1454.2025_-_atualiza_lotacao_dos_servidores_efetivos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1238/portaria_1455.2025_-_progressao_grau_servidora_kelly_franca_fonseca.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1239/portaria_1456.2025_-_progressao_grau_servidor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1240/portaria_1457.2025_-_atualiza_lotacao_dos_servidores_comissionados_da_camara.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1241/portaria_1458.2025_-_nomeia_gestora_de_compras_-_janine.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1257/portaria_1459.2025_-_convoca_servidor_diogenes.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1298/portaria_1460.2025_-_convoca_servidor_diogenes_-_audiencia_publica_prestacao_contas.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1299/portaria_1461.2025_-_composicao_da_procuradoria_em_defesa_dos_direitos_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1335/portaria_1462.2025_-_prorrogacao_validade_da_portaria_1453.2025.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1364/portaria_1463.2025_-_exonera_assessora_parlamentar_-_regina_castro.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1385/portaria_1464.2025_-_designa_servidores_cac.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1386/portaria_1465.2025_-_exonera_procuradora_geral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1387/portaria_1466.2025_-_concede_ferias_servidora_kelly.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1388/portaria_1467.2025_-_revoga_portarias_1465.2025_e_1466.2025.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1410/portaria_1468.2025_-_nomeia_procurador_geral_-_alysson_tiburcio_araujo.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1411/portaria_1469.2025_-_exonera_gestora_de_rh.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1415/portaria_1470.2025_-_dispoe_sobre_expediente_na_camara_em_13.08.2025.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1448/portaria_1471.2025_-_nomeia_gestora_de_recursos_humanos_-_marcia_manoela.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1467/portaria_1472.2025_-_dispoe_sobre_regulamentacao_limite_orcamentario_concessao_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1468/portaria_1473.2025_-_dispoe_sobre_horario_funcionamento_da_camara_municipal_e_jornada_de_trabalho_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1487/portaria_1474.2025_-_exonera_servidora_kelly_e_concede_licenca.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1514/portaria_1475.2025_-_comissao_temporaria_avaliacao_especial_desempenho_-_edson_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1534/portaria_1476.2025_-_institui_a_comissao_avaliacao_desempenho_servidores_efetivos_2025.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1535/portaria_1477.2025_-_designa_membros_e_suplentes_comissoes_permanentes_bienio_2025.2026.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1554/portaria_1478.2025_-_nomeia_jussara_diara_de_freitas_-_funcao_gratificada_de_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1575/portaria_1479.2025_-_processo_administrativo_disciplinar_extrato.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1576/portaria_1480.2025_-_progressao_grau_edson_magalhaes_pereira.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1577/portaria_1481.2025_-_autoriza_servidora_a_realizar_assinaturas_de_empenhos_durante_ferias.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1597/portaria_1482.2025_-_dispoe_sobre_horario_funcionamento_da_camara_municipal_e_jornada_de_trabalho_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1598/portaria_1483.2025_-_institui_comissao_de_elaboracao_de_plano_de_contratacao_anual_cpca.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1638/portaria_1484.2025_-_resultado_preliminar_avaliacao_de_desempenho_servidores_2025.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1659/portaria_1485.2025_-_dispoe_sobre_expediente_da_camara_em_10.11.2025.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1716/portaria_1486.2025_-_prorroga_prazo_da_comissao_de_elaboracao_de_plano_de_contratacao_anual_-_cpca.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1739/portaria_1489.2025_-_abertura_de_processo_administrativo_para_apuracao_de_contas_negativas.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1759/portaria_1490.2025_-_designa_agente_de_contratacao_pregoeiro_e_membros_da_equipe_de_apoio_e_revoga_portaria_1436.2025.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/portaria_1491.2025_-_designa_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1761/portaria_1492.2025_-_abertura_de_processo_administrativo_para_apuracao_de_contas_negativas_e_revoga_portaria_1489.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/ildeu_-_req_2.2025_-_informacao_instalacao_passeio_calcada_avenida_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/ildeu_-_req_3.2025_-_informacao_limpeza_rua_bom_despacho_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1144/carlos_-_req_4.2025_-_estudo_implantacao_ponto_de_onibus_intermunicipal_antiga_avenida_a.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1019/ildeu_-_req_5.2025_-_previsao_instalacao_ar_condicionado_no_orgao_pav_da_receita_federal.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/ildeu_-_req_6.2025_-_previsao_operacao_tapa_buracos_area_exame_detran_bairro_graca.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1110/jose_miguel_-_req_7.2025_-_informacao_retorno_ponto_de_onibus_intermunicipal_e_lotacao_bairros_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1111/jose_miguel_-_req_8.2025_-_retomar_atendimento_convenio_procon_em_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/ildeu_-_req_10.2025_-_informacao_instalacao_ponto_de_onibus_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/ildeu_-_req_11.2025_-_informacao_buraco_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1123/everton_-_req_12.2025_-_informacoes_operacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1073/gercy_-_req_13.2025_-_informacao_obra_rua_joaquim_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1145/carlos_-_req_14.2025_-_implantacao_linha_de_onibus_bairro_vista_alegre_ao_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1146/carlos_-_req_15.2025_-_informacoes_condicoes_dos_onibus_e_plataformas_pcd.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/ildeu_-_req_17.2025_-_informacao_intervencoes_ponte_do_carabina_e_arredores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1057/flavio_-_req_19.2025_-_informacao_reforma_geral_e_cobertura_quadra_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1112/jose_miguel_-_req_20.2025_-_informacoes_salario_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1155/carlos_brandao_jose_everton_e_cesar_-_req_21.2025_-_discussao_plenario_pedagio_no_dia_26.03.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1147/carlos_-_req_22.2025_-_sistema_de_libras_em_sites_e_transmissao_camara.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/ildeu_-_req_24.2025_-_informacoes_obras_rua_maranhao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/ildeu_-_req_25.2025_-_previsao_melhorias_telhado_garagem_camara.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1157/carlos_alberto_-_req_26.2025_-_limpeza_antigo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1124/everton_-_req_27.2025_-_informacao_teste_retorno_bairro_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1148/carlos_-_req_28.2025_-_informacoes_obras_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1027/ildeu_-_req_29.2025_-_informacoes_intervencao_rua_grimaldi_de_mello.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1158/carlos_alberto_-_req_30.2025_-_taxa_iluminacao_cemig_quintas_da_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1159/carlos_alberto_-_req_31.2025_-_correios_entrega_correspondencia_quintas_da_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1113/jose_miguel_-_req_32.2025_-_convenio_procon_camara_e_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1156/carlos_ildeu_everton_brandao_jose_miguel_e_cesar_-_req_33.2025_-_aud_publica_pedagios_mg_424.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/ildeu_-_req_34.2025_-_informacoes_fiscalizacao_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/967/cljrf_-__req_35.2025_-_dilacao_prazo_parecer_pl_2825.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1095/brandao_-_req_36.2025_-_limpeza_de_entulho_e_capina_rua_antonio_goncalves.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/ildeu_-_req_37.2025_-_informacoes_placas_transito_caidas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/ildeu_-_req_38.2025_-_fiscalizacao_transito_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1149/carlos_-_req_39.2025_-_informacoes_e_documentos_operacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/965/baltazar_-_req_40.2025_-_convite_deputado_ricardo_campos_audiencia_pedagios.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1074/gercy_-_req_41.2025_-_previsao_obras_ruas_joaquim_vieira_costa_e_maranhao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1075/gercy_-_req_42.2025_-_previsao_capina_e_limpeza_lotes_vagos_avenida_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/968/cljrf_-_req_43.2025_-_dilacao_prazo_parecer_pdl_67.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/ildeu_-_req_44.2025_-_informacoes_campo_futebol_bairro_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/ildeu_-_req_45.2025_-_informacoes_previsao_faixa_de_pedestres_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1058/flavio_-_req_46.2025_-_providencias_abastecimento_e_qualidade_agua_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/826/gercy_-_req_47.2025_-_capina_rua_santa_catarina_e_providencias_imoveis_abandonados.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1076/gercy_-_req_48.2025_-_limpeze_e_manutencao_rua_vila_rica.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1150/carlos_-_req_49.2025_-_informacoes_processos_datas_contratos_manutencao_rua_bonfim.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/ildeu_-_req_50.2025_-_informacoes_construcao_capela_velorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/ildeu_-_req_51.2025_-_divulgacao_tribuna_popular.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1114/jose_miguel_-_req_52.2025_-_oficio_delegado_policia_civil_identidade.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1151/carlos_-_req_53.2025_-_analise_estrutura_ponte_localizada_na_estacao.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1152/carlos_-_req_54.2025_-_melhorias_internas_posto_saude_aracas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/966/baltazar_-_req_55.2025_-_informacoes_poda_arvore_rua_alagoas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/969/cljrf_-_req_56.2025_-_dilacao_prazo_parecer_plc_125.2025_pl_2833_e_2835.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/ildeu_-_req_57.2025_-_informacoes_ausencia_quebra_mola_rua_placido_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/ildeu_-_req_58.2025_-_informacoes_espaco_oracoes_upa_24_horas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1125/everton_-_req_60.2025_-_informacao_limpeza_e_tapa_buraco_bairro_graca.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1160/carlos_alberto_-_req_61.2025_-_limpeza_ruas_jose_da_paula_santos_e_joana_darc.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/ildeu_-_req_62.2025_-_previsao_construcao_estabulos_e_canis_municipais.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/ildeu_-_req_63.2025_-_fiscalizacao_empresas_poluentes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1077/gercy_-_req_64.2025_-_projeto_ligacao_bairros_sao_miguel_e_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1078/gercy_-_req_65.2025_-_informacoes_continuidade_operacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1153/carlos_-_req_66.2025_-_copia_contrato_e_documentos_operacao_tapa_buraco.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/ildeu_-_req_67.2025_-_informacoes_rebaixamento_passagens_elevadas_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/ildeu_-_req_68.2025_-_informacoes_limpeza_palmeiras_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/ildeu_-_req_70.2025_-_informacoes_transporte_publico_apae.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/ildeu_-_req_71.2025_-_intervencoes_ruas_jair_herculano_teixeira_e_alvaro_vieira_costa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1079/gercy_-_req_72.2025_-_informacao_pavimentacao_rua_b.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1043/ildeu_-_req_74.2025_-_informacoes_termino_asfaltamento_rua_mario_lucio_do_amaral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1044/ildeu_-_req_75.2025_-_previsao_transporte_publico_alunos_aracas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1154/carlos_-_req_76.2025_-_documentacao_contratacao_laboratorio_labicon.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1080/gercy_-_req_77.2025_-_informacoes_departamento_fiscalizacao_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1199/ildeu_-_req_78.2025_-_instalacao_placa_transito_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1200/ildeu_-_req_79.2025_-_copia_contrato_empresa_servico_de_capina_e_limpeza_urbana.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1201/carlos_-_req_80.2025_-_informacoes_plano_carreira_e_aumento_remuneracao_guardas_municipais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1202/carlos_-_req_81.2025_-_informacoes_municipalizacao_escola.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1203/everton_-_req_82.2025_-_informacoes_consultas_postos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1214/ildeu_-_req_85.2025_-_limpeza_capina_e_poda_avenida_bento_goncalves.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1215/carlos_-_req_86.2025_-_informacoes_contrato_transporte_publico_viacao_umuarama.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1216/carlos_alberto_-_req_87.2025_-_parque_ecologico_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1243/ildeu_-_req_89.2025_-_recolhimento_resto_capina_rua_alvaro_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1244/ildeu_-_req_90.2025_-_intervencoes_rua_maestro_zequinha.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1263/ildeu_-_req_91.2025_-_informacoes_fiacoes_e_cabos_expostos_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1264/ildeu_-_req_92.2025_-_informacoes_rota_umuarama_em_frente_ao_supermercados_bh_para_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1265/carlos_-_req_93.2025_-_monitoramento_e_informacoes_qualidade_do_ar_em_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1275/cljrf_-_req_94.2025_-_dilacao_prazo_parecer_pl_2841.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1276/ildeu_-_req_95.2025_-_informacoes_local_para_manobras_de_motos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1277/ildeu_-_req_96.2025_-_visita_tecnica_defesa_civil_na_rua_geralda_drummond.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1278/gercy_-_req_97.2025_-_informacoes_parceria_asmatoz.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1306/ildeu_-_req_98.2025_-_playground_praca_entre_as_ruas_tiradentes_e_eduardo_goncalves_cota_centro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1320/cljrf_-_req_99.2025_-_dilacao_prazo_parecer_pl_2847.2025_e_plc_129.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1321/ildeu_-_req_100.2025_-_reuniao_responsaveis_obra_entre_as_vias_bento_goncalves_e_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1322/ildeu_-_req_101.2025_-_previsao_limpeza_rua_bom_despacho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1323/gercy_-_req_102.2025_-_informacoes_denuncias_lotes_com_mato.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1324/brandao_-_req_103.2025_-_revisao_valor_taxa_sepultamento_cemiterio_parque.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1336/cljrf_-_req_105.2025_-_dilacao_prazo_parecer_pl_2849.2025_e_pl_2851.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1337/jose_miguel_-_req_106.2025_-_poda_de_arvores_rua_expedicionario_raimundo_nogueira_bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1338/ildeu_-_req_108.2025_-_possibilidade_caminhao_pipa_ruas_de_terra_do_bairro_sao_jose_proximidades_rua_carlos_roberto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1339/ildeu_-_req_109.2025_-_instalacao_quebra_molas_e_placas_parada_obrigatoria_nos_cruzamentos_ruas_barbacena_com_rio_grande_do_sul_e_rio_grande_do_norte.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1355/ildeu_-_req_111.2025_-_informacao_extensao_rede_eletrica_margens_da_mg_424_proximo_a_fabrica_cimento_nacional.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1356/gercy_-_req_112.2025_-_agendamento_reuniao_representantes_copasa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1357/carlos_-_req_113.2025_-_melhorias_iluminacao_publica_rua_juiz_de_fora.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1372/ildeu_-_req_124.2025_-_instalacao_extensao_rede_eletrica_rua_parana.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1373/ildeu_-_req_125.2025_-_informacoes_asfaltamento_rua_guaribu.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1390/cljrf_e_ctma_-_req_126.2025_-_dilacao_prazo_parecer_pl_2855.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1391/ildeu_-_req_128.2025_-_andamento_processo_onibus_escolar_alunos_aracas_que_estudam_em_capim_branco.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1392/ildeu_-_req_129.2025_-_informacao_acao_limpeza_e_molhamento_estrada_rural_que_liga_vista_alegre_a_aracas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1393/gercy_-_req_130.2025_-_informacoes_sobre_parcerias_ou_providencias_referente_a_poluicao_ambiental.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1394/carlos_-_req_131.2025_-_numeros_gerais_de_alunos_matriculados_e_numero_de_vagas_em_creches.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1417/ildeu_-_req_133.2025_-_previsao_instalacao_placa_parada_obrigatoria_cruzamentos_ruas_dom_pedro_ii_e_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1418/ildeu_-_req_134.2025_-_informacao_possibilidade_atendimento_publico_bairro_alvorada_no_psf_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1419/carlos_-_req_136.2025_-_informacao_previsao_medidas_na_rua_cecilia_martins_fonseca_lima.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1429/cljrf_-_req_137.2025_-_dilacao_prazo_parecer_pl_2863.2025_e_pl_2866.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1430/ildeu_-_req_138.2025_-_previsao_pintura_e_repintura_asfaltica_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1431/ildeu_-_req_139.2025_-_informacao_possibilidade_mao_unica_rua_8_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1432/emanuel_-_req_140.2025_-_informacao_funcionamento_telefones_das_secretarias_e_departamentos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1433/gercy_-_req_141.2025_-_informacoes_eventos_dependencias_palacio_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1434/gercy_-_req_142.2025_-_informacoes_recursos_eventos_comemoracoes_202_anos_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1453/cljrf_-_req_143.2025_-_dilacao_prazo_parecer_pl_2869.2025_pl_2870.2025_e_pr_361.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1454/ildeu_-_req_144.2025_-_informacao_possibilidade_instalacao_meio_fio_entre_ruas_barbacena_e_guarapari.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1455/ildeu_-_req_145.2025_-_previsao_instalacao_quebra_molas_rua_guarapari.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1456/gercy_-_req_147.2025_-_previsao_instalacao_redutor_velocidade_avenida_minas_gerais_proximidade_da_upa.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1457/carlos_-_req_149.2025_-_audiencia_publica_fornecimento_agua_em_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1475/cljrf_-_req_150.2025_-_dilacao_prazo_parecer_pl_2871.2025_e_pl_2872.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1476/everton_-_req_151.2025_-_informacoes_reajuste_quebra_molas_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1477/ildeu_-_req_152.2025_-_previsao_extensoes_rede_eletrica.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1478/everton_-_req_153.2025_-_informacoes_transporte_intermunicipal_estudantes_faculdade.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1488/cljrf_-_req_154.2025_-_dilacao_prazo_parecer_pl_2874.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1489/carlos_alberto_-_req_155.2025_-_plotagem_identificacao_veiculos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1490/gercy_-_req_158.2025_-_informacoes_acoes_descarte_irregualr_residuos_solidos_e_ausencia_de_guarda_adequada_de_materiais_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1499/cljrf_-_req_160.2025_-_dilacao_prazo_parecer_pr_362.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1500/everton_-_req_163.2025_-_informacoes_obra_rotatoria_proximidades_igreja_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1501/ildeu_-_req_164.2025_-_previsao_troca_ou_reformas_cadeiras_upa_24_horas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1515/cljrf_-_req_165.2025_-_dilacao_prazo_parecer_plc_131.2025_plc_132.2025_e_plc_133.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1516/ildeu_-_req_166.2025_-_informacao_possibilidade_dialogo_poder_executivo_e_empresarios_ramo_farmacia_periodo_de_funcionamento_24_horas.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1517/ildeu_-_req_167.2025_-_informacao_possibilidade_de_instalacao_placa_identificacao_capela_velorio_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1518/gercy_-_req_168.2025_-_informacao_precos_receita_global_despesa_global_detalhamento_de_valores_jubileu.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1539/ildeu_-_req_170.2025_-_informacao_possibilidade_reinstalacao_de_postes_de_luz_rua_jose_antonio_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1540/ildeu_-_req_171.2025_-_previsao_troca_de_poste_de_luz_rua_alvaro_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1541/gercy_-_req_172.2025_-_informacoes_intervencoes_no_bairro_sao_miguel_ii_e_inicio_obras_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1542/everton_-_req_173.2025_-_informacoes_animais_soltos_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1543/carlos_-_req_174.2025_-_informacoes_recolhimento_animais_grande_porte_soltos_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1555/ildeu_-_req_176.2025_-_possibilidade_instalacao_placa_de_carga_e_descarga_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1556/ildeu_-_req_177.2025_-_possibilidade_instalacao_bicicletario_no_centro_e_locais_estrategicos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1557/gercy_-_req_178.2025_-_informacoes_quantidades_cadeiras_de_rodas_medidas_acessibilidade_e_planos_para_adequacao_de_equipamentos_e_recursos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1558/carlos_-_req_179.2025_-_estudo_tecnico_implantacao_programa_tarifa_zero.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1559/csas_-_req_180.2025_-_convite_secretario_de_saude_para_explicacoes_funcionamento_laboratorio_labicon.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1560/carlos_-_req_181.2025_-_informacoes_acoes_e_procedimentos_concessao_servico_de_abastecimento_de_agua_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1583/everton_-_req_182.2025_-_informacao_pintura_faixas_de_pedestres_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1584/ildeu_-_req_183.2025_-_possibilidade_instalacao_praca_e_academia_ao_ar_livre_na_entrada_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1585/ildeu_-_req_185.2025_-_informacao_comeco_servico_de_pintura_e_repintura_asfaltica_nas_vias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1586/carlos_-_req_186.2025_-_informacoes_acoes_preventivas_periodo_chuvoso.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1587/carlos_-_req_187.2025_-_parceria_camara_e_conselhos_municipais_-_espaco_fisico.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1599/cljrf_-_req_188.2025_-_dilacao_prazo_parecer_plc_136.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1600/carlos_alberto_-_req_190.2025_-_informacoes_reurb.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1601/ildeu_-_req_191.2025_-_informacoes_providencias_pessoas_em_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1602/ildeu_-_req_192.2025_-_previsao_instalacao_passarela_na_ponte_da_estacao.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1603/carlos_-_req_194.2025_-_informacoes_e_documentos_processo_reurb.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1604/emanuel_-_req_195.2025_-_informacoes_obras_ruas_padre_sebastiao_nossa_sra_do_carmo_jose_diniz_alves_varginha_pernambuco_e_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1627/ildeu_-_req_196.2025_-_previsao_acao_recolhimento_animais_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1628/ildeu_-_req_197.2025_-_informacao_falta_de_fralda_geriatrica.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1643/cljrf_-_req_198.2025_-_dilacao_prazo_parecer_pl_2884.2025_2885.2025_28872025_e_plc_138.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1644/ildeu_-_req_199.2025_-_previsao_conserto_ou_novas_instalacoes_telefones_nos_orgaos_publicos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1645/cesar_-_req_200.2025_-_instalacao_ponto_de_onibus_rua_vital_moreira.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1646/ildeu_-_req_201.2025_-_previsao_novas_instalacoes_e_reforma_abrigos_dos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1647/gercy_-_req_202.2025_-_informacoes_providencias_em_relacao_as_pessoas_em_condicao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1648/gercy_-_req_203.2025_-_informacoes_previsao_revitalizacao_praca_do_bairro_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1665/ildeu_-_req_204.2025_-_fiscalizacao_e_estudo_geografico_terreno_rua_tapajos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1666/flavio_-_req_205.2025_-_informacoes_mutirao_de_limpeza_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1667/ildeu_-_req_206.2025_-_visita_tecnica_avenida_dr_jurandir_campos.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1668/gercy_-_req_207.2025_-_informacoes_criacao_espaco_publico_descarte_de_entulho_e_materiais.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1685/cljrf_-_req_208.2025_-_dilacao_prazo_parecer_pl_2891.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1686/ildeu_-_req_209.2025_-_informacoes_intervencao_condominio_algarve.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1687/ildeu_-_req_210.2025_-_informacoes_fiscalizacao_margens_da_rodovia_mg_424.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1688/emanuel_-_req_212.2025_-_informacoes_servico_tapa_buraco_rua_nossa_senhora_do_carmo_e_rua_ouro_preto.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1689/flavio_-_req_213.2025_-_informacoes_implantacao_programa_100_led.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1690/carlos_-_req_214.2025_-_informacoes_concessao_abastecimento_agua_em_matozinhos_copasa.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1701/cljrf_-_req_216.2025_-_dilacao_prazo_parecer_pl_2892.2025_e_pl_2893.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1702/everton_-_req_218.2025_-_informacoes_planejamento_guarda_municipal_referente_ao_ano_de_2026.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1703/ildeu_-_req_219.2025_-_informacoes_confeccao_de_placas_com_nomes_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1704/ildeu_-_req_221.2025_-_informacoes_manutencao_e_obras_passeio_da_avenida_andre_favalelli_em_frente_condominio_paris.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1705/cedu_-_req_222.2025_-_atualizacao_sistema_siap_dados_da_educacao_e_informacoes_sobre_folha_de_pagamento_gastos_desapropriacoes_merenda_e_transporte_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1719/cljrf_-_req_223.2025_-_dilacao_prazo_parecer_pdl_69.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1720/ildeu_-_req_225.2025_-_informacao_operacao_tapa_buraco_mg_424.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1721/ildeu_-_req_226.2025_-_previsao_asfaltamento_rua_guaribu.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1742/cljrf_-_req_227.2025_-_dilacao_prazo_parecer_pl_2897_2898_2899_2900_e_2901.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1743/ildeu_-_req_228.2025_-_previsao_pintura_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1744/cljrf_-_req_229.2025_-_suspensao_tramitacao_pl_2899.2025_e_pdl_69.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1745/ildeu_-_req_230.2025_-_previsao_obras_espaco_situada_na_escola_herminia_diniz.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1746/gercy_-_req_231.2025_-_previsao_reformas_ubs_especialmente_ubs_do_bairro_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1764/cljrf_-_req_232.2025_-_suspensao_tramitacao_pl_2903.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1765/brandao_-_req_234.2025_-_informacoes_secretaria_de_saude_atendimento_oftalmologico_suspenso_no_dia_09.12.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1766/carlos_alberto_-_req_236.2025_-_informacoes_obra_pavimentacao_asfaltica_realizada_na_avenida_mtz_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1767/ildeu_-_req_237.2025_-_informacoes_possibilidade_teste_de_cinomose_animais_de_pequeno_e_medio_porte.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1768/ildeu_-_req_238.2025_-_previsao_instalacao_canil_publico.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1785/cljrf_e_cfo_-_req_239.2025_-_dispensa_de_parecer_referente_ao_veto_parcial_pl_2880.2025_loa.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1126/everton_-_ind_1.2025_-_limpeza_fossas_bairro_liberdade.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/970/cesar_-_ind_2.2025_-_troca_de_lampadas_rua_maria_da_conceicao_paranhos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1096/brandao_-_ind_3.2025_-_melhorias_vias_do_bairro_sao_miguel_ruas_a_d_f_g_j_b_w_e.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1127/everton_-_ind_4.2025_-_limpeza_quadras_e_reparo_iluminacao_praca_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1115/jose_miguel_-_ind_5.2025_-_instalacao_faixa_de_pedestres_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1116/jose_miguel_-_ind_6.2025_-_recuperacao_quadra_bairro_vitalino_fonseca.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/973/julio_-_ind_7.2025_-_operacao_tapa_buracos_rua_maria_odila.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/989/ildeu_-_ind_8.2025_-_calcamento_ou_asfaltamento_rua_jose_dias.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/974/julio_-_ind_9.2025_-_recapeamento_asfaltico_avenida_alcino_goncalves_cota.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1161/carlos_-_ind_10.2025_-_manutencao_geral_ruas_bairro_aracas_e_limpeza_manutencao_academia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1162/carlos_-_ind_11.2025_-_repavimentacao_ruas_v_x_z_y_fiscalizar_lotes_criacao_posto_de_saude_e_creches.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/990/ildeu_-_ind_12.2025_-_instalacao_passarela_na_ponte_entre_avenida_bento_goncalves_e_rua_santa_terezinha_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1184/carlos_alberto_-_ind_13.2025_-_realizacao_festival_gospel.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1185/carlos_alberto_-_ind_14.2025_-_alteracao_cobranca_taxas_barracas_do_jubileu_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/950/baltazar_-_ind_16.2025_-_retirar_rotatoria_cruzamento_rua_1o_de_maio_com_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1097/brandao_-_ind_17.2025_-_construcao_passeio_rua_jose_mario_heterovicky.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1098/brandao_-_ind_18.2025_-_solicita_projeto_de_lei_regime_de_ferias_servidores_25_dias_uteis.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/951/baltazar_-_ind_19.2025_-_pavimentacao_rua_grimaldi_de_melo_e_rua_paranaiba_vassourinha_21_de_abril.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1059/flavio_-_ind_21.2025_-_solicita_projeto_concessao_de_folga_remunerada_em_aniversario_servidores.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/991/ildeu_-_ind_22.2025_-_manutencao_e_troca_lampadas_praca_carlos_martins_sobrinho_bento.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/992/ildeu_-_ind_23.2025_-_confeccao_placas_nomes_das_ruas_bairros_sao_paulo_e_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/975/julio_-_ind_24.2025_-_poda_de_arvore_rua_dos_estrangeiros.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1060/flavio_-_ind_27.2025_-_melhoria_iluminacao_publica_ruas_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1128/everton_-_ind_28.2025_-_drenagem_e_asfaltamento_rua_laerte_goncalves_silva_antiga_rua_tres.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1129/everton_-_ind_29.2025_-_limpeza_ruas_e_calcadas_e_operacao_tapa_buracos_bairro_da_graca.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/976/julio_-_ind_30.2025_-_limpeza_e_instalacao_praca_e_playground_rua_sao_paulo_bairro_bom_jesus_2.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1081/gercy_-_ind_31.2025_-_padronizacao_atendimentos_ubs.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1082/gercy_-_ind_32.2025_-_abertura_da_rua_n.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1163/carlos_-_ind_35.2025_-_melhorias_ruas_otavio_maia_av_industrial_joaquim_vieira_e_rua_cemig.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1164/carlos_-_ind_37.2025_-_limpeza_e_manutencao_avenida_jurandir_campos.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1165/carlos_-_ind_38.2025_-_bacia_de_contencao_aguas_pluviais_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1061/flavio_-_ind_40.2025_-_limpeza_grama_sintetica_iluminacao_alambrado_e_vestiario_campo_fischer.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/971/cesar_-_ind_41.2025_-_isencao_taxa_limpeza_fossa_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/977/julio_-_ind_42.2025_-_solucoes_e_melhorias_rua_dos_bandeirantes.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1186/carlos_alberto_-_ind_43.2025_-_capina_rua_eduardo_goncalves_cota.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/993/ildeu_-_ind_44.2025_-_patrolamento_rua_otavio_maia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/994/ildeu_-_ind_45.2025_-_limpeza_e_manutencao_praca_bairro_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1130/everton_-_ind_46.2025_-_limpeza_bueiros_rua_eduardo_goncalves_cota_e_avenida_jurandir_campos.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1131/everton_-_ind_47.2025_-_limpeza_rua_rio_de_janeiro_esquina_com_rua_madalena.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1062/flavio_-_ind_48.2025_-_faixas_elevadas_e_sinalizacao_em_frente_as_escolas_e_bairros.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/952/baltazar_-_ind_49.2025_-_pintura_nomes_das_ruas_nos_postes_das_esquinas.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1083/gercy_-_ind_51.2025_-_limpeza_ruas_da_cidade_e_medidas_despejo_materiais_solidos.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1187/carlos_alberto_-_ind_52.2025_-_troca_de_lampadas_praca_bairro_sao_jose_rua_neide_pereira.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1045/emanuel_-_ind_53.2025_-_extensao_iluminacao_e_instalacao_postes_rua_nossa_senhora_do_carmo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/995/ildeu_-_ind_54.2025_-_operacao_tapa_buracos_av_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1063/flavio_-_ind_55.2025_-_capina_rua_vital_moreira_e_paliativo_rua_a.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1117/jose_miguel_-_ind_56.2025_-_ticket_alimentacao_cesta_basica_e_vale_transporte_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/978/julio_-_ind_57.2025_-_transporte_escolar_apae_de_pedro_leopoldo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1132/everton_-_ind_58.2025_-_limpeza_e_tapa_buraco_rua_q.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1133/everton_-_ind_59.2025_-_limpeza_e_manutencao_linha_ferrea_bairro_florestal.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/996/ildeu_-_ind_60.2025_-_visita_secretario_obras_na_rua_presidente_deodoro_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1084/gercy_-_ind_61.2025_-_fiscalizacao_vagas_reservadas_idosos_e_pcd.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1085/gercy_-_ind_62.2025_-_alternativas_para_pcd_acessos_aos_eventos.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/940/andre_-__ind_63.2025_-_asfaltamento_e_limpeza_rua_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1188/carlos_alberto_-_ind_64.2025_-_limpeza_ruas_jose_dias_jose_romualdo_e_alvaro_vieira.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1166/carlos_-_ind_65.2025_-_estacao_de_suporte_para_garis_e_capinadores.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1167/carlos_-_ind_66.2025_-_melhorias_av_central_bairro_bom_jesus_e_ruas_laterais__vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/emanuel_-_ind_67.2025_-_obras_e_pavimentacao_rua_f.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/emanuel_-_ind_68.2025_-_instalacao_quebra_molas_rua_bonfim.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1064/flavio_-_ind_69.2025_-_reforma_quadra_conjunto_vitalino_fonseca.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1086/gercy_-_ind_73.2025_-_alteracao_placa_pare_rua_raul_teixeira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1087/gercy_-_ind_74.2025_-_desobstrucao_passeio_rua_goias_empresa_expresso_figueiredo.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/997/ildeu_-_ind_75.2025_-_conserto_tampa_drenagem_rua_sabatine_del_boccio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/998/ildeu_-_ind_76.2025_-_patrolamento_rua_7_de_setembro_e_rua_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1065/flavio_-_ind_77.2025_-_limpeza_avenida_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1099/brandao_-_ind_78.2025_-_aumento_efetivo_de_garis.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/953/baltazar_-_ind_79.2025_-_pavimentacao_rua_joaquim_caetano.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1168/carlos_-_ind_80.2025_-_instalacao_pontos_pratica_soltar_pipas.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1189/carlos_alberto_-_ind_81.2025_-_quebra_molas_ruas_argentina_bolivia_pirapora_e_floriano_pereira.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1169/carlos_-_ind_82.2025_-_troca_de_lampadas_led_e_tapa_buraco_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/979/julio_-_ind_83.2025_-_pavimentacao_rua_wilson_ribeiro_florestal_joaquim_caetano_amazonas_avenida_a.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1190/carlos_alberto_-_ind_84.2025_-_contratacao_empresa_gerir_cemiterios.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1066/flavio_-_ind_85.2025_-_revitalizacao_e_recuperacao_lagoa_do_campo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1067/flavio_-_ind_86.2025_-_implantacao_rede_wifi_pracas_e_predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1118/jose_miguel_-_ind_88.2025_-_capina_redutor_velocidade_e_melhorias_rua_presidente_washington_luis.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/999/ildeu_-_ind_89.2025_-_revitalizacao_placas_upa_24_horas.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/ildeu_-_ind_90.2025_-_instalacao_placas_transito_rua_visconde_do_rio_das_velhas.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1134/everton_-_ind_91.2025_-_construcao_posto_de_saude_e_creche_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1170/carlos_-_ind_92.2025_-_instalacao_antenas_e_melhorias_sinais_de_celular.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1100/brandao_-_ind_93.2025_-_troca_de_lampada_rua_bandeirantes.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1101/brandao_-_ind_94.2025_-_limpeza_e_manutencao_praca_bairro_cidade_jardim.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/ildeu_-_ind_95.2025_-_reparo_equipamentos_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/ildeu_-_ind_96.2025_-_conserto_placas_indicativas_e_informativas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/954/baltazar_-_ind_97.2025_-_pavimentacao_rua_b.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1171/carlos_-_ind_98.2025_-_tapa_buraco_bairros_cruzeiro_vista_alegre_sao_miguel_nossa_sra_de_fatima_graca_e_alvorada.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/980/julio_-_ind_99.2025_-_redutor_velocidade_rua_pedro_leopoldo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/981/julio_-_ind_100.2025_-_redutor_velocidade_rua_dos_estrangeiros.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1172/carlos_-_ind_101.2025_-_regularizacao_e__providencias_situacao_moradores_de_rua.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/955/baltazar_-_ind_102.2025_-_pavimentacao_rua_pompeu.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1068/flavio_-_ind_103.2025_-_retorno_e_aperfeicoamento_feirinha_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1135/everton_-_ind_104.2025_-_limpeza_drenagem_e_asfalto_rua_amazonas.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1088/gercy_-_ind_105.2025_-_asfalto_quebrado_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1119/jose_miguel_-_ind_106.2025_-_providencias_andarilhos.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/emanuel_-_ind_107.2025_-_reforma_rua_campos_sales.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/emanuel_-_ind_108.2025_-_reinstalacao_ponto_de_onibus_mg_424.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1089/gercy_-_ind_109.2025_-_recolhimento_material_servico_de_capina.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/942/andre_-_ind_111.2025_-_retorno_transporte_usuarios_apae_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/emanuel_-_ind_112.2025_-_recapeamento_avenida_alcino_goncalves_cota.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/emanuel_-_ind_113.2025_-_asfaltamento_diversas_ruas_municipio.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1102/brandao_-_ind_114.2025_-_capina_calcada_rua_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1173/carlos_-_ind_115.2025_-_pinturas_faixas_elevadas_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1174/carlos_-_ind_116.2025_-_limpeza_e_manutencao_rua_eurico_gaspar_dutra.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/ildeu_-_ind_117.2025_-_ar_condicionado_sala_professores_escola_eurico_viana.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/ildeu_-_ind_118.2025_-_instalacao_guarda_rei_guard_rail_rua_grimaldi_de_melo_e_mtz_010.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1191/carlos_alberto_-_ind_120.2025_-_contratacao_veterinario_animais_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1192/carlos_alberto_-_ind_121.2025_-_realizacao_festival_gospel_anualmente_em_novembro.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1136/everton_-_ind_122.2025_-_redutor_de_velocidade_e_demarcacao_faixas_rua_carlos_alves.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1069/flavio_-_ind_123.2025_-_anteprojeto_tarifa_zero.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/982/julio_-_ind_124.2025_-_melhorias_praca_bairro_bom_jesus_2.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1175/carlos_-_ind_125.2025_-_recolhimento_animais_abandono.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/983/julio_-_ind_126.2025_-_instalacao_lixeiras_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1176/carlos_-_ind_127.2025_-_poda_ou_corte_arvore_rua_candido_fonseca_viana.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/emanuel_-_ind_128.2025_-_limpeza_area_rua_joao_inacio_de_lima.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1137/everton_-_ind_130.2025_-_limpeza_e_tapa_buraco_av_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1138/everton_-_ind_131.2025_-_drenagem_e_tapa_buraco_rua_angelim.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/ildeu_-_ind_132.2025_-_rebaixamento_passagens_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/ildeu_-_ind_133.2025_-_intervencoes_e_obras_rua_5.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/emanuel_-_ind_134.2025_-_tapa_buraco_ruas_barbacena_ouro_preto_e_gestal_ferreira.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1120/jose_miguel_-_ind_135.2025_-_area_construcao_asilo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1193/carlos_alberto_-_ind_136.2025_-_manutencao_postes_av_alcino_goncalves_cota.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/943/andre_-_ind_137.2025_-_drenagem_pluvial_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/984/julio_-_ind_138.2025_-_redutor_velocidade_rua_maria_odila.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/985/julio_-_ind_139.2025_-_revitalizacao_praca_bairro_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/941/andre_-__ind_140.2025_-_implantacao_cinco_faixas_pedestres_rua_bonfim.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/949/baltazar_-__ind_141.2025_-_maquina_patrol_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/956/baltazar_-_ind_142.2025_-_providencias_animais_soltos.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1103/brandao_-_ind_143.2025_-_providencias_animais_soltos.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1121/jose_miguel_-_ind_144.2025_-_realizacao_reunioes_itinerantes.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1194/carlos_alberto_-_ind_145.2025_-_convenio_unicv.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/ildeu_-_ind_146.2025_-_operacao_tapa_buracos_e_asfaltamento_11_ruas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/ildeu_-_ind_147.2025_-_troca_lampadas_em_6_ruas.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/957/baltazar_-_ind_149.2025_-_pavimentacao_rua_maria_jose_vieira.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1177/carlos_-_ind_150.2025_-_intervencoes_rua_placido_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/958/baltazar_-_ind_151.2025_-_patrol_na_rua_jose_estacio_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1070/flavio_-_ind_154.2025_-_prioridade_ubs_e_saude_mental.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1071/flavio_-_ind_155.2025_-_mudanca_mao_sentido_rua_maria_joana.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1104/brandao_-_ind_156.2025_-_anteprojeto_ferias_25_dias_uteis.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1139/everton_-_ind_157.2025_-_faixa_elevada_br_424_proximo_rua_bolivia.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/986/julio_-_ind_158.2025_-_paliativo_ruas_18_19_e_itamar_raul_mendes.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/987/julio_-_ind_159.2025_-_redutor_de_velocidade_3_ruas_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/emanuel_-_ind_160.2025_-_asfaltamento_rua_agenor_goncalves_silva_e_nsa._senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/944/andre_-_ind_161.2025_-_revitalizacao_limpeza_e_drenagem_rua_rosaria_borges_lopes.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/945/andre_-_ind_162.2025_-_revitalizacao_pavimentacao_e_drenagem_rua_domingos_xavier_chagas.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1195/carlos_alberto_-_ind_163.2025_-_retirada_animais_grande_porte_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1105/brandao_-_ind_164.2025-_limpeza_rua_dr_lund.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/ildeu_-_ind_165.2025_-_recapeamento_rua_guaribu.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1010/ildeu_-_ind_166.2025_-_intervencao_ponte_do_carabina.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/988/julio_-_ind_167.2025_-_tapa_buraco_ruas_venezuela_rio_grande_do_norte_e_bandeirantes.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1178/carlos_-_ind_168.2025_-_melhorias_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1179/carlos_-_ind_169.2025_-_melhorias_ruas_do_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/946/andre_-_ind_170.2025_-_operacao_tapa_buracos_rua_bonfim_esquina_com_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1072/flavio_-_ind_171.2025_-_recuperacao_rua_do_cemiterio_mocambeiro_aquisicao_lote.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/947/andre_-_ind_172.2025_-_melhoria_sistema_drenagem_pluvial_rua_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1106/brandao_-_ind_173.2025_-_troca_de_lampadas_em_todo_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1122/jose_miguel_-_ind_175.2025_-_abertura_cemiterio_finais_de_semana_ou_2_vezes_no_mes.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/959/baltazar_-_ind_177.2025_-_tapa_buracos_rua_jair_apolinario_conjunto_vitalino_creche_wladimir_tavares.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/960/baltazar_-_ind_178.2025_-_pavimentacao_rua_b.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1180/carlos_-_ind_179.2025_-_mobilidade_urbana_rua_h_e_escola_valdemar_pezzini.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1011/ildeu_-_ind_180.2025_-_asfaltamento_rua_jose_dias.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/ildeu_-_ind_181.2025_-_quebra_molas_rua_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1090/gercy_-_ind_182.2025_-_revisao_geral_rede_eletrica_bairro_sao_miguel_rua_d.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1140/everton_-_ind_183.2025_-_placa_sinalizacao_ponte_bom_sera.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/ildeu_-_ind_184.2025_-_limpeza_ponto_de_onibus_mg_424__proximo_a_upa.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1141/everton_-_ind_185.2025_-_drenagem_limpeza_e_pavimentacao_rua_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1196/carlos_alberto_-_ind_186.2025_-_manutencao_placas_de_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1107/brandao_-_ind_187.2025_-_tapa_buraco_rua_dagmar_vieira_bicalho.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1108/brandao_-_ind_188.2025_-_fiscalizacao_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/961/baltazar_-_ind_189.2025_-_instalacao_ponto_de_apoio_policia_militar_em_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/962/baltazar_-_ind_190.2025_-_melhoria_infraestrutura_atendimento_secretaria_fazenda.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1091/gercy_-_ind_191.2025_-_revisao_pavimentacao_rua_joaquim_vieira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1092/gercy_-_ind_192.2025_-_situacao_arvores_rua_b.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/ildeu_-_ind_194.2025_-_troca_de_lampadas_5_vias.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1181/carlos_-_ind_195.2025_-_anteprojeto_vale_alimentacao_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/948/andre_-_ind_196.2025_-_equipe_saude_bairro_alvorada_parte_do_centro_e_residencial_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1182/carlos_-_ind_197.2025_-_limpeza_e_manutencao_7_vias.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1197/carlos_alberto_-_ind_198.2025_-_tapa_buraco_e_pavimentacao_rua_maria_esteves_cotta.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/ildeu_-_ind_199.2025_-_asfaltamento_poste_lampadas_na_rua_b.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1198/carlos_alberto_-_ind_200.2025_-_quebra_molas_rua_equador.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1142/everton_-_ind_201.2025_-_malha_asfaltica_ruas_jose_dias_da_silva_e_jose_camilo_de_lima.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/963/baltazar_-_ind_203.2025_-_caminhao_para_suporte_operacao_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/964/baltazar_-_ind_204.2025_-_instalacao_mictorio_coletivo_banheiro_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1143/everton_-_ind_205.2025_-_instalacao_lixeiras_publicas.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/972/cesar_-_ind_206.2025_-_quebra_molas_rua_xv_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/ildeu_-_ind_207.2025_-_patrolamento_e_rocagem_estrada_q_liga_matozinhos_a_aracas.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1055/emanuel_-_ind_208.2025_-_limpeza_bueiros_bairro_progresso_ruas_padre_sebastiao_e_pedro_ii.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1056/emanuel_-_ind_209.2025_-_retirada_ou_mudanca_quebra_molas_rua_raul_teixeira_da_costa.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1109/brandao_-_ind_210.2025_-_melhoria_seguranca_bairros_bom_jesus_e_presidente_mg_424.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1183/carlos_-_ind_211.2025_-_implantacao_lixeiras_regiao_central_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1093/gercy_-_ind_212.2025_-_renovacao_sinalizacao_vagas_pessoas_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1094/gercy_-_ind_213.2025_-_instalacao_quebra_molas_rua_dos_carvalhos_e_alfredo_aranha.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1204/ildeu_-_ind_215.2025_-_mini_rotatoria_atras_da_igreja_bairro_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1205/ildeu_-_ind_216.2025_-_instalacao_de_2_quebra_molas_rua_candido_fonseca_viana.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1206/baltazar_-_ind_217.2025_-_reforma_calcada_avenida_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1207/flavio_-_ind_218.2025_-_mutirao_capina_rocagem_e_limpeza_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1208/gercy_-_ind_219.2025_-_providencias_falta_de_agua_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1209/carlos_-_ind_220.2025_-_providencias_melhorias_vias_bairros_vista_alegre_e_aracas.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1210/baltazar_-_ind_221.2025_-_apoio_maquinario_agricola_para_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1211/emanuel_-_ind_222.2025_-_limpeza_e_capina_rua_eurico_viana_e_lampadas_led_bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1212/emanuel_-_ind_223.2025_-_troca_lampadas_rua_alvaro_vieira_da_costa_bairro_estacao..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1217/everton_-_ind_224.2025_-_pavimentacao_asfaltica_ruas_maria_jose_vieira_romao_martins_maria_e_cota.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1218/everton_-_ind_225.2025_-_operacao_tapa_buraco_regiao_central_e_rua_8_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1219/ildeu_-_ind_226.2025_-_sinalizacao_transito_em_frente_ao_condominio_retiro_das_garcas_e_paris.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1220/ildeu_-_ind_227.2025_-_patrolamento_e_rocagem_rua_joao_madalena.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1221/brandao_-_ind_228.2025_-_limpeza_rua_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1222/baltazar_-_ind_229.2025_-_reabertura_porteira_estrada_jaguara_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1223/baltazar_-_ind_230.2025_-_instalacao_quebra_molas_rua_1o_de_maio_e_rua_jair_herculano.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1224/carlos_alberto_-_ind_231.2025_-_postes_iluminacao_publica_rua_5.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1225/carlos_alberto_-_ind_232.2025_-_limpeza_praca_entre_as_ruas_30_e_31.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1226/emanuel_-_ind_233.2025_-_melhorias_rua_jose_vieira_sobrinho.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1227/carlos_-_ind_234.2025_-_melhorias_ruas_cabiuna_jatoba_e_guaribu.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1248/brandao_-_ind_235.2025_-_limpeza_da_rua_o.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1249/brandao_-_ind_236.2025_-_patrolamento_e_limpeza_rua_w.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1250/cesar_-_ind_237.2025_-_iluminacao_publica_ruas_wilson_de_paula_martins_maria_ruth_de_paula_martins_rafael_de_paula_martins.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1251/ildeu_-_ind_238.2025_-_limpeza_e_asfaltamento_rua_prata.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1252/ildeu_-_ind_239.2025_-_asfaltamento_rua_maria_esteves_cotta.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1253/carlos_-_ind_240.2025_-_mauntencao_e_vistoria_rua_angelim.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1254/jose_miguel_-_ind_241.2025_-_sinalizacao_da_rua_varginha.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1255/carlos_-_ind_242.2025_-_rede_eletrica_e_iluminacao_ruas_prof_antonio_carvalho_rio_de_janeiro_andradas_carlos_alves_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1256/emanuel_-_ind_243.2025_-_tapa_buraco_rua_manoel_aranha.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1266/ildeu_-_ind_244.2025_-_recolhimento_resto_capina_rua_manuel_aranha_e_limpeza_rua_acima_da_upa_24_hrs.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1267/julio_-_ind_245.2025_-_redutor_velocidade_rua_venezuela.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1268/everton_-__ind_246.2025_-_pintura_faixa_de_pedestre_bairro_estacao_avenida_caio_martins_e_em_frente_ao_ponto_yazaki.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1269/emanuel_-__ind_247.2025_-_extensao_rede_eletrica_e_pavimentacao_rua_professor_antonio_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1270/jose_miguel_-_ind_248.2025_-_tapa_buracos_ruas_cabiuna_angelim_e_ariba..pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1271/ildeu_-_ind_249.2025_-_tapa_buracos_rua_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1272/baltazar_-_ind_250.2025_-_pavimentacao_rua_laerte_goncalves_silva_antiga_rua_3.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1273/everton_-_ind_251.2025_-_limpeza_drenagem_e_asfalto_rua_jose_estacio_de_souza.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1274/andre_-_ind_252.2025_-_medico_ferista_ou_profissional_para_cobrir_ausencias_medicas.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1279/carlos_alberto_-_ind_253.2025_-_quebra_molas_rua_barbacena.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1280/ildeu_-_ind_254.2025_-_quebra_molas_rua_sete_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1281/cesar_-_ind_255.2025_-_instalacao_postes_iluminacao_avenida_joaquim_batista_azevedo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1282/julio_-__ind_256.2025_-_horario_livre_uso_do_campo_bairro_sao_paulo_para_projetos_sociais.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1283/julio_-_ind_257.2025_-_caminhao_pipa_irrigacao_da_rua_florestal.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1284/ildeu_-_ind_258.2025_-_academia_ao_ar_livre_no_espaco_do_bairro_sao_paulo_ao_lado_do_campo_de_futebol.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1285/gercy_-_ind_259.2025_-_recipientes_coleta_de_materiais_reciclaveis.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1286/gercy_-_ind_260.2025_-_recebimentos_recursos_transmatoz_por_meios_alternativos_ao_presencial.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1287/baltazar_-_ind_261.2025_-_pavimentacao_e_calcamento_rua_laginha.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1288/baltazar_-_ind_262.2025_-_instalacao_quebra_molas_e_faixa_pedestre_rua_varginha_e_rua_venezuela.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1289/emanuel_-_ind_263.2025_-_reforma_ampliacao_e_instalacao_equipamentos_praca_abran_ellian_bairro_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1290/carlos_-__ind_264.2025_-_providencias_avenida_santa_terezinha_reparos_pintura_faixas_melhorias.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1291/emanuel_-_ind_265.2025_-_asfaltamento_ruas_maria_esteves_cota_e_maria_jose_vieira.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1292/andre_-_ind_266.2025_-_fornecimento_sensor_monitoramento_glicose_do_tipo_libre.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1308/ildeu_-_ind_267.2025_-_retirada_postes_placas_de_transito_em_desuso_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1309/ildeu_-_ind_268.2025_-_instalacao_quebra_molas_rua_guarapari.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1310/everton_-_ind_269.2025_-_medidas_acolhimento_protecao_e_reintegracao_social_pessoas_em_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1311/carlos_alberto_-_ind_270.2025_-_manutencao_e_troca_lampadas_queimadas_pracas_do_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1312/julio_-_ind_271.2025_-_redutor_de_velocidade_rua_gestal_ferreira_maia.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1313/baltazar_-_ind_272.2025_-_pavimentacao_calcamento_morro_do_cafezal.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1314/flavio_-_ind_273.2025_-_inclusao_festa_los_cachaca_calendario_eventos_culturais.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1315/andre_-_ind_274.2025_-_desburocratizacao_exames_ubs.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1316/baltazar_-_ind_275.2025_-_capina_e_limpeza_rua_1o_de_maio.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1317/carlos_-_ind_276.2025_-_melhorias_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1318/everton_-_ind_277.2025_-_limpeza_drenagem_e_asfaltamento_rua_djalma_fernandes.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1319/carlos_-_ind_278.2025_-_melhorias_rua_contorno.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1325/julio_-_ind_280.2025_-_operacao_tapa_buracos_rua_teofilo_otoni.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1326/everton_-_ind_281.2025_-_limpeza_drenagem_e_asfaltamento_rua_maria_cecilia_martins_fonseca.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1327/ildeu_-_ind_282.2025_-_limpeza_academia_ao_ar_livre_no_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1328/ildeu_-_ind_283.2025_-_tamponamento_de_espaco_entre_passeio_e_quebra_molas_em_frente_condominio_lucas_lacerda.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1329/carlos_alberto_-_ind_284.2025_-_limpeza_academia_ao_ar_livre_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1330/brandao_-_ind_285.2025_-_operacao_tapa_buracos_avenida_cesar_juliao_cece_de_sales.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1331/brandao_-_ind_286.2025_-_memorial_ou_estatua_praca_bairro_vitalino_fonseca.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1332/baltazar_-_ind_287.2025_-_alteracao_sentido_circulacao_rua_claudomiro_cupertino_substituicao_placa_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1333/carlos_-_ind_288.2025_-_providencias_rua_prata.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1334/carlos_-_ind_289.2025_-_providencias_rua_valter_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1341/everton_-_ind_290.2025_-_limpeza_rua_frederic_jacob.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1342/julio_-_ind_291.2025_-_pavimentacao_rua_montes_claros.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1343/julio_-_ind_292.2025_-_instalacao_placa_sinalizacao_cruzamento_ruas_pedro_leopoldo_com_rio_grande_do_norte.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1344/carlos_-_ind_293.2025_-_providencias_e_melhorias_rua_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1345/ildeu_-_ind_294.2025_-_instalacao_ponto_onibus_com_abrigo_rodovia_mg_424.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1346/carlos_-_ind_295.2025_-_providencias__bairro_sao_sebastiao_area_atras_da_lucena.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1347/ildeu_-_ind_296.2025_-_conserto_das_placas_de_indicacao_transito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1358/brandao_-_ind_297.2025_-_remuneracao_auxiliares_de_saude_como_tecnico_em_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1359/julio_-_ind_298.2025_-_disponibilizacao_onibus_escolar_estudantes_da_apae_pedro_leopoldo_que_residem_em_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1360/baltazar_-_ind_299.2025_-_substituicao_manilha_entre_ruas_joana_darc_e_rua_jose_de_paula_santos.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1361/carlos_-_ind_300.2025_-_providencias_area_da_ponte_do_bairro_bom_sera.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1362/carlos_-_ind_301.2025_-_estudos_e_medidas_mitigar_impactos_trafego_pesado_na_avenida_maestro_zequinha.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1363/brandao_-_ind_302.2025_-_operacao_tapa_buraco_na_esquina_da_rua_ouro_com_rua_aymore.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1374/flavio_-_ind_303.2025_-_anteprojeto_projeto_cultural_e_social_itala_vitoria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1375/flavio_-_ind_304.2025_-_anteprojeto_concurso_infantil_e_juvenil_de_desfile_pequenos_brilhantes.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1376/ildeu_-_ind_316.2025_-_operacao_tapa_buracos_entre_as_ruas_brasilia_e_marieta.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1377/ildeu_-_ind_317.2025_-_instalacao_passarela_ponte_da_estacao.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1378/baltazar_-_ind_318.2025_-_instalacao_placa_sinalizacao_pare_entre_ruas_primeiro_de_maio_e_carlos_alves.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1379/everton_-_ind_319.2025_-_implementacao_plano_de_carreira_dos_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1380/brandao_-_ind_320.2025_-_instalacao_dois_quebra_molas_na_entrada_do_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1381/baltazar_-_ind_321.2025_-_horario_adicional_lotacao_matozinhos_ao_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1382/carlos_-_ind_322.2025_-_instalacao_quebra_molas_e_sinalizacao_rua_barbacena.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1383/jose_miguel_-_ind_323.2025_-_instalacao_meio-fio_e_passeios_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1384/everton_-_ind__324.2025_-_atencao_e_reajuste_sinalizacao_avenida_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1400/brandao_-_ind_326.2025_-_recapeamento_rua_carlos_martins.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1401/ildeu_-_ind_327.2025_-_fiscalizacao_transito_conjunto_com_a_policia_militar_na_mg_424.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1402/ildeu_-_ind_328.2025_-_operacao_tapa_buracos_entre_ruas_bonfim_e_avenida_central.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1403/everton_-_ind_329.2025_-_doacao_terreno_e_construcao_imovel_para_acolhimento_institucional.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1404/julio_-_ind_330.2025_-_redutor_de_velocidade_rua_vital_moreira.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1405/gercy_-_ind_331.2025_-_redutor_velocidade_avenida_minas_gerais_e_nas_imediacoes_da_rua_natanael_caldeira.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1406/jose_miguel_-_ind_332.2025_-_fiscalizacao_coibir_pratica_de_carona_na_traseira_de_onibus_e_caminhoes.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1407/julio_-_ind_333.2025_-_paliativo_na_rua_elder_william_antunes.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1408/baltazar_-_ind_334.2025_-_providencias_despejo_irregular_no_leito_do_ribeirao_da_mata.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1409/carlos_-_ind_335.2025_-_servicos_de_caminhao_pipa_bairro_sao_paulo_e_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1420/ildeu_-_ind_336.2025_-_distribuicao_sacolas_plasticas_usuarios_farmacia_central.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1421/ildeu_-_ind_337.2025_-_reparo_ou_revitalizacao_asfaltica_avenida_bento_goncalves.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1422/emanuel_-_ind_338.2025_-_instalacao_redutor_velocidade_rua_ouro_preto.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1423/brandao_-_ind.339.2025_limpeza_rua_maranhao_com_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1424/carlos_-_ind_340.2025_-_instalacao_placas_sinalizacao_quebra_molas_rua_raul_teixeira.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1425/carlos_-_ind_341.2025_-_recolhimento_residuos_capina_e_limpeza_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1435/everton_-_ind_342.2025_-_disponibilizacao_uniformes_rede_municipal_jemat.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1436/everton_-_ind_343.2025_-_reforma_ginasio_poliesportivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1437/brandao_-_ind_345.2025_-_25_dias_uteis_periodo_de_ferias_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1438/ildeu_-_ind_346.2025_-_intervencao_e_obras_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1439/ildeu_-_ind_347.2025_-_fiscalizacao_transporte_publico_umuarama.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1440/jose_miguel_-_ind_348.2025_-_retirada_quebra_molas_e_construcao_de_2_na_rua_dona_bala_proximo_escola_professor_alvaro_drummond.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1441/gercy_-_ind_349.2025_-_orientacao_comerciantes_se_havera_restricao_eventos_do_florestal.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1442/baltazar_-_ind_350.2025_-_implantacao_placa_proibido_estacionar_em_ambos_os_sentidos_rua_elias_joanas.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1443/carlos_-_ind_351.2025_-_melhorias_bairro_aracas.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1444/gercy_-_ind_352.2025_-_adocao_medidas__em_eventos_em_atencao_as_pessoas_com_dificuldade_de_locomocao.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1445/baltazar_-_ind_353.2025_-_pavimentacao_asfaltica_rua_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1446/carlos_-_ind_354.2025_-_medidas_seguranca_na_area_proxima_a_empresa_lemi_refratarios.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1458/ildeu_-_ind_356.2025_-_placa_de_identificacao_e_pintura_centro_especialidades_medicas.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1459/ildeu_-_ind_357.2025_-_poda_de_arvore_em_frente_ao_cisrec_rua_oito_de_dezembro.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1460/baltazar_-_ind_358.2025_-pavimentacao_rua_1o_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1461/carlos_alberto_-_ind_359.2025_-_redutor_de_velocidade_rua_dom_pedro_ii.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1462/baltazar_-_ind_360.2025_-_instalacao_poste_de_energia_rua_wilson_de_paula_martins.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1463/carlos_alberto_-_ind_361.2025_-_redutor_velocidade_rua_pirapora.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1464/everton_-_ind_362.2025_-_manutencao_iluminacao_avenida_cesar_juliao_cece_de_sales.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1465/jose_miguel_-_ind_363.2025_-_poda_de_arvore_bairro_liberdade.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1466/carlos_-_ind_364.2025_-_remocao_ou_impactos_negativos_arvore_com_raizes_superficiais_avenida_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1479/everton_-_ind_365.2025_-_instalacao_placas_proibido_jogar_lixo_a_rua_general_orlando_torres.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1480/ildeu_-_ind_366.2025_-_instalacao_tampa_bueiro_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1481/cesar_-_ind_367.2025_-_oficio_embrapa_analise_de_agua_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1482/ildeu_-_ind_368.2025_-_iluminacao_predio_estacao_ferroviaria_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1483/brandao_-_ind_369.2025_-_providencias_precariedade_transporte_coletivo.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1484/carlos_alberto_-_ind_370.2025_-_quebra_molas_rua_ouro_preto.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1485/carlos_alberto_-__ind_371.2025_-_quebra_molas_e_sinalizacao_rua_juiz_de_fora_com_rua_amazonas.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1486/carlos_-_ind_372.2025_-_estudo_viabilidade_melhorias_pracinha_da_cidade_jardim_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1491/brandao_-_ind_376.2025_-_convenio_secretaria_de_saude_municipal_e_estadual_remedios_de_alto_custo.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1492/baltazar_-_ind_377.2025_-_servico_recolhimento_animais_mortos_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1493/carlos_-_ind_378.2025_-_supressao_ou_poda_arvore_rua_horizonte_proximo_ao_no_14.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1494/gercy_-_ind_379.2025_-_recolhimento_restos_vegetais_e_materiais_retirados_-_capina_das_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1504/cesar_-_ind_380.2025_-_oficio_para_fundacao_ezequiel_dias_funed_-_analise_agua_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1505/brandao_-_ind_381.2025_-_operacao_tapa_buraco_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1506/andre_-_ind_382.2025_-_designacao_servidor_para_auxiliar_preenchimento_lme.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1507/andre_-_ind_383.2025_-_treinamentos_e_capacitacoes_servidores_entrega_de_medicamentos_farmacia_municipal.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1508/everton_-_ind_384.2025_-_valorizacao_salarial_motoristas_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1509/everton_-_ind_385.2025_-_substituicao_lampadas_queimadas_pracinha_proxima_as_quadras_do_bairro_estacao.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1510/ildeu_-_ind_386.2025_-_intervencao_na_rua_b.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1511/ildeu_-_ind_387.2025_-_intervencao_e_obras_rua_maranhao.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1512/carlos_-_ind_388.2025_-_medidas_seguranca_viaria_na_avenida_industrial.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1513/carlos_-_ind_389.2025_-_instalacao_lixeiras_no_centro_e_bairros.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1524/everton_-_ind_390.2025_-_inclusao_rota_lotacao_circular_bairro_aracas.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1525/ildeu_-_ind_391.2025_-_instalacao_quebra_molas_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1526/ildeu_-_ind_392.2025_-_reinstalacao_placa_parada_coletivo_e_instalacao_ponto_onibus_rodovia_mtz_10.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1527/julio_-_ind_393.2025_-_paliativo_em_toda_a_extensao_da_rua_9_bairro_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1528/baltazar_-_ind_394.2025_-_substituicao_lampadas_convencionais_por_lampadas_led_na_rua_maria_alice_martins_bairro_progresso.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1529/everton_-_ind_395.2025_-_construcao_quebra_molas_rua_c.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1530/jose_miguel_-_ind_396.2025_-_plantio_de_arvores_parque_barrocao.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1531/emanuel_-_ind_397.2025_-_servico_de_tapa_buracos_rua_nossa_senhora_do_carmo_bairro_floresta.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1532/emanuel_-_ind_398.2025_-_melhorias_iluminacao_publica_entorno_da_escola_dona_jovina_de_mello_veado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1533/flavio_-_ind_399.2025_-_reativacao_e_readequacao_predio_publico_ma_rua_brasilia.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1546/ildeu_-_ind_400.2025_-_tapa_buracos_e_poda_arvore_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1547/ildeu_-_ind_401.2025_-_instalacao_corrimao_rua_da_cemig.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1548/baltazar_-_ind_402.2025_-_instalacao_placas_proibido_estacional_na_rua_15_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1549/baltazar_-_ind_403.2025_-_reparo_canaleta_de_drenagem_rua_carlos_alves_filho.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1550/carlos_-_ind_404.2025_-_expansao_programa_de_monitoramento_olho_vivo.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1551/everton_-_ind_405.2025_-_instalacao_quebra_molas_avenida_caio_martins_e_rua_santa_terezinha.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1552/andre_-_ind_406.2025_-_pavimentacao_rua_amazonas.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1553/carlos_-_ind_407.2025_-_medidas_melhora_processo_de_recolhimento_de_lixo_domestico.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1566/ildeu_-_ind_409.2025_-_intervencao_e_obras_rua_jose_de_paula_santos.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1567/carlos_alberto_-_ind_411.2025_-_quebra-molas_e_sinalizacao_na_rua_sete_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1568/carlos_-_ind_412.2025_-_intensificacao_de_rondas_e_acoes_de_seguranca_no_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1569/gercy_-_ind_413.2025_-_intervencao_junto_a_copasa_para_resolver_vazamento_de_esgoto_rua_pirapama.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1570/gercy_-_ind_414.2025_-_vistoria_em_cratera_na_rua_maranhao.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1571/ildeu_-_ind_415.2025_-_concretagem_do_passeio_na_rua_andre_favalelli.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1572/jose_miguel_-_ind_416.2025_-_revitalizacao_pracinha_e_do_espaco_localizado_na_rua_curio.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1573/julio_-_ind_417.2025_-_manutencao_academia_ao_ar_livre_brinquedos_e_revitalizacao_da_praca_situada_na_rua_curvelo.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1574/baltazar_-_ind_418.2025_-_instalacao_de_meio-fio_na_calcada_da_rua_pirapora_esquina_com_a_rua_do_chile.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1589/everton_-_ind_419.2025_-_instalacao_placas_proibido_estacionar_na_rua_carlos.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1590/everton_-_ind_420.2025_-_tampagem_e_limpeza_bueiros_abertos_rua_presidente_deodoro_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1591/ildeu_-_ind_421.2025_-_limpeza_de_via_e_manutencao_rede_eletrica_na_travessa_sargento_geraldo_maria_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1592/ildeu_-_ind_422.2025_-_conserto_interfone_escola_professor_alvaro_drummond.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1593/carlos_-_ind_423.2025_-_limpeza_e_manutencao_rua_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1594/andre_-_ind_424.2025_-_revitalizacao_e_construcao_de_quadra_e_banheiros_publicos_praca_do_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1595/carlos_-_ind_425.2025_-_implantacao_de_melhorias_na_sinalizacao_seguranca_e_iluminacao_rua_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1596/andre_-_ind_426.2025_-_reforma_da_ubs_do_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1608/carlos_alberto_-_ind_427.2025_-_providencias_cabos_soltos_em_vias_publicas_empresas_de_internet_e_telefonia.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1609/jose_miguel_-_ind_428.2025_-_alteracao_codigo_tributario_municipal_no_que_se_refere_ao_itbi.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1610/julio_-_ind_429.2025_-_retirada_entulhos_avenida_maestro_zequinha.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1611/andre_-_ind_430.2025_-_implantacao_heliponto_area_adjacente_a_upa.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1612/carlos_-_ind_432.2025_-_implantacao_sinalizacao_proibido_estacionar_via_onde_se_localiza_edificio_placido_ribeiro_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1613/gercy_-_ind_433.2025_-_sinalizacao_e_aumento_redutor_de_velocidade_na_rua_dos_carvalhos.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1614/ildeu_-_ind_435.2025_-_instalacao_placa_de_parada_obrigatoria_entre_ruas_dom_pedro_ii_e_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1615/ildeu_-_ind_436.2025_-_manutencao_vias_alcenor_goncalves_silva_e_nossa_senhora_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1616/emanuel_-_ind_437.2025_-_drenagem_reforma_galerias_e_pavimentacao_ruas_nossa_sra_do_carmo_dr_jose_diniz_alves_varginha_pernambuco_castelo_branco_e_padre_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1617/carlos_-_ind_438.2025_-_faixa_elevada_de_pedestres_na_pracinha_do_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1618/baltazar_-_ind_439.2025_-_pavimentacao_rua_professor_antonio_carvalho.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1619/everton_-_ind_440.2025_-_retorno_horario_antigo_das_linhas_de_onibus_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1620/baltazar_-_ind_441.2025_-_fiscalizacao_rua_rio_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1621/everton_-_ind_442.2025_-_instalacao_novos_bebedouros_em_todas_as_unidades_de_saude_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1622/brandao_-_ind_443.2025_-_compra_de_novas_blusas_dos_funcionarios_secretaria_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1623/brandao_-_ind_444.2025_-_agilidade_implantacao_ponto_de_apoio_laboratorio_labicon.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1629/carlos_alberto_-_ind_445.2025_-_drenagem_pluvial_rua_dom_pedro_ii.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1630/ildeu_-_ind_447.2025_-_instalacao_de_portico_ou_portal_de_boas_vindas_na_entrada_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1631/ildeu_-_ind_448.2025_-_obras_na_pracinha_situada_na_rua_ulisses_gomes_ferreira.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1632/carlos_alberto_-_ind_449.2025_-_quebra_molas_e_sinalizacao_na_rua_paulo_goncalves_e_revitalizacao_quebra_molas_apos_a_mercearia.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1633/emanuel_-_ind_450.2025_-_instalacao_de_coberturas_e_bancos_nos_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1634/everton_-_ind_451.2025_-_aquisicao_e_distribuicao_de_mochilas_escolares.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1635/everton_-_ind_452.2025_-_aquisicao_e_distribuicao_de_kits_odontologicos.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1636/carlos_-_ind_453.2025_-_melhorias_sistema_telefonia_fixa_prefeitura_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1637/carlos_-_ind_454.2025_-_melhorias_iluminacao_publica_pracas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1649/carlos_-_ind_455.2025_-_providencias_situacao_lote_localizado_na_rua_santa_juliana.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1650/ildeu_-_ind_456.2025_-_demarcacoes_asfalticas_nas_vias_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1651/ildeu_-_ind_457.2025_-_troca_de_lampadas_rua_bom_despacho.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1652/carlos_alberto_-_ind_458.2025_-_instalacao_sistema_monitoramento_por_camera_no_centro_de_especialidades.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1653/baltazar_-_ind_460.2025_-_instalacao_redutor_velocidade_rua_varginha.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1654/gercy_-_ind_461.2025_-_verificacao_condicoes_rede_de_iluminacao_na_rua_natanael_caldeira.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1655/carlos_-_ind_462.2025_-_corte_ou_poda_de_arvore_na_rua_laginha.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1656/julio_-_ind_463.2025_-_refazer_faixa_de_pedestre_na_rua_curvelo.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1657/emanuel_-_ind_464.2025_-_instalacao_placa_proibido_trafego_de_caminhoes_na_rua_presidente_washington_luiz_e_substituicao_poste_de_energia.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1658/emanuel_-_ind_465.2025_-_visita_tecnica_defesa_civil_no_bloco_1_do_condominio_algarve.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1669/everton_-_ind_466.2025_-_instalacao_placas_de_sinalizacao_nos_pontos_de_embarque_e_desembarque_de_escolares.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1670/ildeu_-_ind_469.2025_-_intervencoes_e_obras_na_rua_andre_favalelli_proximidade_condominio_retiro_das_garcas.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1671/everton_e_carlos_alberto_-_ind_470.2025_-_implantacao_sentido_unico_rua_bolivia_e_rua_argentina.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1672/andre_-_ind_471.2025_-_troca_e_aquisicao_novas_cadeiras_de_rodas_e_cadeiras_de_medicacao_para_a_upa.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1673/brandao_-_ind_472.2025_-_inclusao_de_mais_uma_linha_de_transporte_coletivo_para_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1674/jose_miguel_-_ind_473.2025_-_avaliacao_instalacao_redutores_de_velocidade_na_avenida_jk.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1675/baltazar_-_ind_474.2025_-_pavimentacao_e_calcamento_rua_jair_teixeira.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1676/ildeu_-_ind_475.2025_-_placa_de_identificacao_do_psf_aracas.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1677/gercy_-_ind_476.2025_-_designacao_de_fiscais_e_providencias_cumprimento_codigo_de_posturas_municipal.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1678/gercy_-_ind_477.2025_-_instalacao_de_barreira_fisica_proximidades_da_mg_424.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1691/carlos_-_ind_478.2025_-_limpeza_manutencao_iluminacao_publica_e_conservacao_urbana_rua_domingos_xavier_e_rua_do_curral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1692/ildeu_-_ind_479.2025_-_transferencia_ponto_de_onibus_rua_castelo_branco.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1693/ildeu_-_ind_480.2025_-_instalacao_boca_de_lobo_avenida_dr_jurandyr_da_costa_campos.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1694/baltazar_-_ind_481.2025_-_anteprojeto_conservador_de_aguas.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1695/baltazar_-_ind_482.2025_-_avaliacao_destinacao_recursos_devolucao_de_valores_da_camara_para_acoes_de_preservacao_e_recuperacao_hidrica.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1696/flavio_-_ind_483.2025_-_revitalizacao_praca_situada_no_trevo_de_entrada_do_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1697/flavio_-_ind_484.2025_-_revitalizacao_quadra_poliesportiva_no_distrito_de_mocambeiro.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1698/brandao_-_ind_485.2025_-_sinalizacao_mg_424_indicando_a_entrada_para_o_bairro_nossa_senhora_de_fatima_nos_dois_sentidos.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1699/carlos_-_ind_486.2025_-_corte_ou_poda_de_arvore_rua_j.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1700/jose_miguel_-_ind_487.2025_-_solicita_ao_poder_executivo_oficio_a_deputada_nayara_rocha_para_retorno_da_carreta_da_saude_oftalmologia_cardiologia_e_mamografia.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1706/everton_-_ind_488.2025_-_instalacao_placas_de_orientacao_e_sinalizacao_sobre_proibicao_circulacao_ciclistas_nas_calcadas_e_faixas_destinadas_a_pedestres.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1707/ildeu_-_ind_489.2025_-_instalacao_de_bracos_com_luminaria_rua_dois_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1708/carlos_alberto_-_ind_490.2025_-_gerador_de_energia_no_setor_de_epidemiologia_armazenamento_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1709/ildeu_-_ind_491.2025_-_instalacao_tampa_de_drenagem_de_aguas_pluviais_na_rua_coronel_custodio_alvarenga.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1710/gercy_-_ind_492.2025_-_reparos_necessarios_abertura_de_cratera_rua_maranhao.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1711/emanuel_-_ind_493.2025_-_redirecionamento_sinal_de_pedestres_avenida_caio_martins.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1712/carlos_-_ind_494.2025_-_limpeza_capina_e_manutencao_praca_do_projeto_movimentar_bairro_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1713/gercy_-_ind_496.2025_-_medidas_cabiveis_referente_as_demandas_dos_taxistas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1714/emanuel_-_ind_497.2025_-_aquisicao_freezer_para_creche_sao_judas_tadeu.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1715/julio_-_ind_498.2025_-_limpeza_e_instalacao_praca_com_playground_rua_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1726/ildeu_-_ind_499.2025_-_instalacao_de_lixeiras_em_pontos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1727/brandao_-_ind_500.2025_-_faixa_de_pedestre_elevacao_imediacoes_do_forum.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1728/emanuel_-_ind_501.2025_-_estudo_tecnico_drenagem_e_escoamento_aguas_pluviais_rua_visconde_do_rio_das_velhas.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1729/jose_miguel_-_ind_502.2025_-_disponibilizacao_legislativo_ticket_alimentacao_cartoes_de_visita_camisas_institucionais_seguranca_recepcao_aluguel_veiculos.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1730/everton_-_ind_503.2025_-_capina_e_limpeza_praca_da_estacao.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1731/carlos_alberto_-_ind_504.2025_-_inclusao_dia_dedicado_ao_publico_gospel_comemoracoes_aniversario_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1732/baltazar_-_ind_505.2025_-_transferencia_ponto_de_lotacao_proximidades_sacola_cheia_para_proximidades_ponto_da_empada.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1733/carlos_-_ind_506.2025_-_operacao_tapa_buracos_bairros_cruzeiro_cidade_jardim_alvorada_sao_cristovao_vista_alegre_bom_jardim_nossa_sra_de_fatima_e_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1734/carlos_-_ind_507.2025_-_estudo_tecnico_transformar_rua_8_de_dezembro_em_sentido_unico.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1735/baltazar_-_ind_508.2025_-_pavimentacao_em_bloquetes_estudos_de_hidraulica_e_canalizacao_ruas_geraldo_pereira_e_rua_paulo_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1736/ildeu_-_ind_509.2025_-_instalacao_passeio_com_corrimao_margens_da_mg_424_primeira_entrada_do_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1749/ildeu_-_ind_510.2025_-_instalacao_redutor_de_velocidade_rua_primeiro_de_maio.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1750/everton_-_ind_511.2025_-_poda_de_arvores_rua_valter_cavalcante_e_rua_esmeralda.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1751/ildeu_-_ind_512.2025_-_limpeza_e_concretagem_parquinho_da_escola_herminia_diniz_figueiredo_e_poda_do_gramado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1752/julio_-_ind_513.2025_-_verificacao_e_reparo_asfalto_novo_da_rua_rio_grande_do_sul.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1753/jose_miguel_-_ind_514.2025_-_limpeza_capina_e_operacao_tapa_buracos_bairro_bom_jardim.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1754/jose_miguel_-_ind_515.2025_-_paliativo_na_rua_e.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1755/gercy_-_ind_516.2025_-_medidas_reorganizacao_sistema_de_deposito_e_coleta_de_residuos_para_melhoria_de_limpeza_urbana.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1756/carlos_-_ind_517.2025_-_extensao_rede_de_energia_eletrica_regiao_proxima_a_brauna_cafezal.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1757/carlos_-_ind_518.2025_-_faixa_de_pedestres_redutor_de_velocidade_sinalizacao_na_mg_424_proximidades_mizu_cimentos.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1758/andre_-_ind_519.2025_-_criacao_sistema_municipal_de_regulacao_de_vagas_para_transferencia_e_encaminhamento_de_pacientes.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1769/ildeu_-_ind_520.2025_-_instalacao_redutor_de_velocidade_rua_grimaldi_de_mello.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1770/baltazar_-_ind_523.2025_-_instalacao_lixeiras_publicas_nas_vias_do_municipio_especialmente_bairro_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1771/everton_-_ind_524.2025_-_servicos_de_limpeza_drenagem_e_asfaltamento_rua_guaribu.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1772/jose_miguel_-_ind_525.2025_-_destinacao_terreno_publico_bairro_alvorada_para_instalacao_de_asilo.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1773/everton_-_ind_526.2025_-_limpeza_capina_e_melhoria_iluminacao_rua_domingos_xavier_e_praca.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1774/baltazar_-_ind_527.2025_-_paisagismo_canteiro_central_entre_a_rua_juscelino_kubitschek_e_rodovia_mg_424.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1775/jose_miguel_-_ind_528.2025_-_retirada_carcaca_na_rua_presidente_washington_luis.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1776/ildeu_-_ind_529.2025_-_operacao_tapa_buracos_rua_barbacena.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1777/carlos_-_ind_530.2025_-_intervencao_e_melhorias_rua_cecilia_martins.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1778/andre_-_ind_531.2025_-_instalacao_ponto_de_onibus_proximo_ao_residencial_parque_das_mangueiras.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/890/ildeu_-_mocao_1.2025_-_parabenizacao_joice_cristina_da_silva.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/891/flavio_-_mocao_2.2025_-_pesar_familiares_maria_da_conceicao_jorge_da_silva_nhanha.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/892/plenario_em_colegiado_-_mocao_3.2025_-_pesar_familiares_antonio_jose_carvalho_toninho_aleixo.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/893/flavio_-_mocao_4.2025_-_parabenizacao_studio_jessica_oliveira.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/895/andre_-_mocao_6.2025_-_pesar_familiares_maria_raimunda_sadica.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/896/andre_-_mocao_7.2025_-_pesar_familiares_laura_gomes.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/897/flavio_-_mocao_8.2025_-_parabenizacao_geraldo_moreira_dos_santos_junior.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/898/carlos_alberto_-_mocao_9.2025_-_pesar_familiares_de_maria_eneuza_raimundo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/899/flavio_-_mocao_10.2025_-_parabenizacao_samuel_elias_perazolli.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/900/brandao_-__mocao_11.2025_-_parabenizacao_laecio_soares_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/902/carlos_alberto_e_everton_-_mocao_15.2025_-_parabenizacao_kelly_goncalves_e_karina_saturnino.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/910/everton_-_mocao_16.2025_-_parabenizacao_kamilly_luiza_ferreira_monstrinha.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/903/flavio_-_mocao_17.2025_-_parabenizacao_cia_jg_de_rodeio.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/904/flavio_-_mocao_18.2025_-_parabenizacao_banda_catarze.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/905/flavio_-_mocao_19.2025_-_parabenizacao_organizacao_concurso_mini_miss_e_mister_mirim.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/906/andre_-_mocao_20.2025_-_pesar_familiares_flavia_e_tania.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/907/brandao_-_mocao_21.2025_-_pesar_ex_vereador_paulo_martins.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/908/andre_-_mocao_22.2025_-_parabenizacao_maes_atipicas_caminhada_autismo.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/909/everton_-_mocao_23.2025_-_parabenizacao_otavio_maia_fonseca.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1228/emanuel_-_mocao_24.2025_-_pesar_familiares_reinaldo_rosa_soares_rei.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1229/emanuel_-_mocao_25.2025_-_parabenizacao_ivan_rosa_soares_junior.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1245/jose_miguel_-_mocao_26.2025_-_aplausos_rogerio_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1246/andre_-_mocao_27.2025_-_pesar_familiares_marilene_alves_sobrinho_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1247/carlos_e_jose_miguel_-_mocao_29.2025_-_parabenizacao_mateus.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1262/andre_-_mocao_30.2025_-_parabenizacao_amanda_e_douglas.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1293/andre_-_mocao_31.2025_-_pesar_familiares_maria_das_gracas_silva_e_sousa.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1294/andre_-_mocao_32.2025_-_pesar_familiares_salete_rolo_santana.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1300/everton_-_mocao_33.2025_-_pesar_aos_familiares_de_wanderlei_aparecido_fernandes_correa.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1301/flavio_-_mocao_34.2025_-_parabenizacao_evento_los_cachaca.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1302/andre_-_mocao_35.2025_-_parabenizacao_junia_suelem_cupertino_moreira.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1307/ildeu_-_mocao_36.2025_-_pesar_familiares_alceu_pereira.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1353/everton_e_flavio_-_mocao_37.2025_-_parabenizacao_guarda_municipal_de_matozinhos_programa_patrulha_escolar.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1354/everton_-_mocao_38.2025_-_parabenizacao_lucas_inacio_lana_taveira.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1371/carlos_alberto_-_mocao_42.2025_-_parabenizacao_rodrigo_de_oliveira_leao.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1389/carlos_-_mocao_43.2025_-_parabenizacao_para_equipe_da_transmatoz.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1416/everton_-_mocao_44.2025_-_parabenizacao_vander_de_paula_silva_e_samuel_corradi_pereira.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1451/emanuel_-_mocao_45.2025_-_parabenizacao_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1452/emanuel_-_mocao_46.2025_-_parabenizacao_secretaria_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1495/carlos_alberto_-_mocao_47.2025_-_parabenizacao_ines_cristina_rosa_soares_pires.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1502/ildeu_-_mocao_48.2025_-_parabenizacao_marcia_regina_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1503/ildeu_-_mocao_49.2025_-_parabenizacao_alexandre_pontes.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1520/ildeu_-_mocao_51.2025_-_parabenizacao_joao_carlos_souza_da_silva.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1521/carlos_alberto_-_mocao_52.2025_-_parabenizacao_ana_julia_de_souza.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1522/plenario_em_colegiado_-_mocao_53.2025_-_pesar_falecimento_servidor_douglas_de_oliveira_marinho.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1523/plenario_em_colegiado_-_mocao_54.2025_-_pesar_falecimento_gilberto_perazolli.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1544/everton_-_mocao_55.2025_-_pesar_-_elenice_de_araujo_marques_silva.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1545/andre_-_mocao_56.2025_-_pesar_-_elenice_de_araujo_marques_silva.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1561/everton_-_mocao_57.2025_-_parabenizacao_professor_geraldo_rosa_santos.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1562/gercy_-_mocao_58.2025_-_parabenizacao_vereador_carlos_henrique_kaka.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1563/gercy_-_mocao_59.2025_-_parabenizacao_jessica_cicilia_alves.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1564/plenario_em_colegiado_-_mocao_60.2025_-_parabenizacao_tiro_de_guerra_04-043.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1565/plenario_em_colegiado_-_mocao_61.2025_-_parabenizacao_ana_luiza_dos_santos_circunde_e_raquel_ferreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1588/ildeu_-_mocao_62.2025_-_parabenizacao_maria_jose_santa_rosa_silva.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1626/carlos_alberto_-_mocao_63.2025_-_parabenizacao_grupo_missionario_da_igreja_icre.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1641/carlos_alberto_-_mocao_64.2025_-_parabenizacao_atleta_edna_conceicao_pereira_marques.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1642/carlos_alberto_-_mocao_65.2025_-_parabenizacao_academia_felix_jiu_jitsu.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1663/carlos_alberto_-_mocao_66.2025_-_parabenizacao_flavio_diniz_vieira.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1664/jose_miguel_e_carlos_alberto_-_mocao_67.2025_-_parabenizacao_jose_de_castro_procopio.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1723/brandao_-_mocao_69.2025_-_pesar_clelia_boy_teixeira_chaves.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1722/emanuel_-_mocao_72.2025_-_parabenizacao_josue_barbosa_dionisio.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1724/ildeu_-_mocao_73.2025_-_parabenizacao_orquestra_amare.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1725/carlos_alberto_-_mocao_74.2025_-_parabenizacao_atleta_marcos_vinicius_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1747/ildeu_-_mocao_75.2025_-_parabenizacao_emerson_mares_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1748/everton_-_mocao_76.2025_-_parabenizacao_cruz_fight_team_e_pantera_fight_team.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1779/ildeu_-_mocao_78.2025_-_parabenizacao_brayann_kevinny.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1781/flavio_-_mocao_79.2025_-_pesar_familiares_diogo_sobral_farias.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/911/pl_2823.2025_-_programa_de_recuperacao_de_creditos_fiscais_refis_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/912/pl_2824.2025_-_altera_lei_1964.2006_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/914/pl_2825.2025_-_altera_lc_083.1951_e_leis_1999.2007_2000.2007_e_2001.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/915/pl_2826.2025_-_autoriza_poder_executivo_credito_caixa_finisa_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/931/pl_2827.2025_-_altera_lc_11.2009_encerrado_e_retificado_para_plc_117.2025_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/916/pl_2828.2025_-_abertura_credito_especial_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/917/pl_2829.2025_-_revisao_geral_e_aumento_real_servidores_saude_lei_1999.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/918/pl_2830.2025_-_revisao_geral_e_aumento_servidores_administracao_lei_2227.2013_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pl_2831.2025_-_revisao_geral_e_aumento_servidores_educacao_lei_2228.2013_e_lc_55.2017_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/920/pl_2832.2025_-_recomposicao_salarial_secretarios_municipais_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_2833.2025_-_alimentacao_escolar_professores_e_profissionais_educacao_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/921/pl_2834.2025_-_contagem_tempo_periodo_28.05.2020_e_31.12.2021_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/934/pl_2835.2025_-_contagem_tempo_periodo_28.05.2020_e_31.12.2021_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/922/pl_2836.2025_-_autoriza_abertura_de_credito_adicional_suplementar_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_2837.2025_-_plano_cargos_carreiras_e_vencimentos_-_fiscais_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/935/pl_2838.2025_-_credito_adicional_suplementar_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pl_2839.2025_-_credito_adicional_suplementar_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1230/pl_2840.2025_-_altera_lei_2001_de_09.04.2007_e_da_outras_providencias_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1231/pl_2841.2025_-_autoriza_poder_executivo_celebrar_acordos_judiciais_e_extrajudiciais_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1232/pl_2842.2025_-_dispoe_sobre_lei_de_diretrizes_orcamentarias_2026_-_ldo_2026_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1233/pl_2843.2025_-_denomina_via_publica_situada_em_matozinhos_tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1234/pl_2844.2025_-_altera_lei_municipal_2423_de_07.07.2020_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1235/pl_2845.2025_-_institui_comissao_permanente_de_avaliacao_de_bens_imoveis_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1258/pl_2846.2025_-_altera_lei_municipal_1.593_de_22.09.2000_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1259/pl_2847.2025_-_dispoe_sobre_apreensao_de_animais_de_medio_e_grande_porte_soltos_nas_vias_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1260/pl_2848.2025_-_altera_lei_2.584_de_17.07.2023_revoga_lei_2.085_de_06.01.2010_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1295/pl_2849.2025_-_encontro_gospel_mocambeiro_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1303/pl_2850.2025_-_autorizacao_e_ratificacao_consorcio_intermunicipal_comgranbel_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1296/pl_2851.2025_-_acesso_facilitado_aos_locais_eventos_matozinhos_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1304/pl_2852.2025_-_absorcao_matriculas_ensino_fundamental_da_rede_estadual_para_municipio_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1305/pl_2853.2025_-_altera_lei_2000_de_09.04.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_2855.2025_-_altera_lei_municipal_2479_de_07.07.2022_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1348/pl_2856.2025_-_autoriza_doacao_area_de_terreno_lamas_destilaria_e_cervejaria_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1349/pl_2857.2025_-_autoriza_doacao_area_de_terreno_fergumatos_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1350/pl_2858.2025_-_altera_lei_municipal_2584.2023_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_2859.2025_-_altera_lei_municipal_no_2.436_de_15.03.2021_bolsa_atirador_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1352/pl_2860.2025_-_dispoe_sobre_a_concessao_de_auxilio_alimentacao_servidores_poder_executivo_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1365/pl_2861.2025_-_denomina_vias_publicas_situadas_no_distrito_de_mocambeiro_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1366/pl_2862.2025_-_revoga_dispositivos_da_lei_municipal_no__2.265_de_24.10.2014_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1367/pl_2863.2025_-_altera_os_artigos_3o_4o_e_5o_da_lei_no_2.329_de_11.04.2017_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1368/pl_2864.2025_-_autoriza_mun._matozinhos_a_celebrar_convenio_de_cooperacao_com_municipio_de_capim_branco_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1369/pl_2865.2025_-_autoriza_municipio_de_matozinhos_a_associar-se_a_amig_associacao_dos_munc._mineradores_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1370/pl_2866.2025_-_institui_o_programa_profissional_legal_no_municipio_de_mtz_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1395/pl_2867.2025_-_denomina_via_publica_no_municipio_de_matozinhos_tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_2868.2025_-_institui_o_dia_do_refratarista_no_calendario_oficial_do_municipio_de_matozinhos_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_2869.2025_-_altera_lei_municipal_no_1453_de_29.08.1997_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1397/pl_2870.2025_-_altera_lei_municipal_no_2633_de_21.03.2025_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1412/pl_2871.2025_-_denomina_via_publica_em_matozinhos__tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1413/pl_2872.2025_-_termo_associativo_e_repasse_actg_-_associacao_do_circuito_turistico_das_grutas_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1414/pl_2873.2025_-_autoriza_abertura_credito_adicional_suplementar_por_superavit_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1426/pl_2874.2025_-_altera_a_lei_2.133_de_16.05.2011_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1427/pl_2875.2025_-_denomina_via_publica_situada_no_distrito_de_mocambeiro_tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1428/pl_2876.2025_-_denomina_via_publica_situada_no_distrito_de_mocambeiro_tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1449/pl_2877.2025_-_denomina_via_publica_situada_no_distrito_de_mocambeiro_versao_site.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1472/pl_2878.2025_-_institui_a_semana_da_forca_de_vontade_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1473/pl_2879.2025_-_plano_plurianual_ppa_2026.2029_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1474/pl_2880.2025_-_estima_receita_e_fixa_despesa_para_exercicio_financeiro_de_2026_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1496/pl_2881.2025_-_altera_lei_2584_de_17.07.23_que_dispoe_politica_municipal_direitos_crianca_e_adolescente_conselho_tutelar_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1536/pl_2882.2025_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_superavit_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1537/pl_2883.2025_-_concessao_de_cestas_de_natal_aos_servidores_da_camara_municipal_de_matozinhos.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1578/pl_2884.2025_-_institui_programa_integrado_de_protecao_e_seguranca_escolar_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_2885.2025_-_conselho_municipal_de_esportes_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1580/pl_2886.2025_-_credito_adicional_suplementar_por_superavit_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/pl_2887.2025_-_desafetacao_de_bem_publico_e_permuta_de_area_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1605/pl_2888.2025_-_autoriza_abertura_credito_adicional_suplementar_por_anulacao_de_saldo_orcamentario_tramitacao_complementar.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/pl_2889.2025_-_denomina_via_publica_situada_no_bairro_vista_alegre_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1607/pl_2890.2025_-_denomina_via_publica_no_distrito_de_mocambeiro_-_rua_alzira_da_costa_tramitacao_completa_versao_site.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1625/pl_2891.2025_-_dia_de_folga_servidor_publico_no_dia_do_aniversario_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/pl_2892.2025_-_consorcio_conminas_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/pl_2893.2025_-_autoriza_doacao_de_area_de_terreno_em_favor_da_empresa_xavier_mecanica_industrial_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/pl_2894.2025_-_obrigatoriedade_das_entidades_de_internacao_coletiva_fixacao_cartazes_liberdade_assistencia_religiosa._tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/pl_2895.2025_-_credito_adicional_suplementar_por_superavit_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/pl_2896.2025_-_doacao_de_imovel_a_pessoa_que_menciona_-_hidromet_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/pl_2897.2025_-_auxilio_alimentacao_agente_de_saude_e_agente_zoonoses_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1681/pl_2898.2025_-_altera_lei_municipal_1069_de_03_de_abril_de_1989.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1682/pl_2899.2025_-_denomina_a_praca_publica_situada_no_bairro_cruzeiro_versao_site.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1683/pl_2900.2025_-_cria_o_fundo_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1684/pl_2901.2025_-_projeto_cuidar__mais_nas_escolas_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1717/pl_2902.2025_-_altera_lei_2664.2025_-_doacao_terreno_lamas_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1718/pl_2903.2025_-_denomina_via_publica_situada_em_mocambeiro_versao_site.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1741/pl_2905.2025_-_altera_lei_municipal_2640_de_29_de_abril_de_2025_-_gratificacao_produtividade_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1763/pl_2906.2025_-_cria_junta_administrativa_de_recursos_das_fiscalizacoes_ambientais.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/924/plc_117.2025_-_altera_lc_no_11_de_2009_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/925/plc_118.2025_-_altera_lc_003.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/938/plc_119.2025_-_reajuste_servidores_camara_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/926/plc_120.2025_-_revisao_geral_e_aumento_servidores_cargos_comissao_lc_12.2010_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/927/plc_121.2025_-_revisao_geral_e_aumento_funcoes_gratificadas_lc_12.2010_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/928/plc_122.2025_-_revisao_geral_e_aumento_servidores_administracao_lc_60.2017_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/929/plc_123.2025_-_revisao_geral_e_aumento_servidores_administracao_lc_11.2009_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/930/plc_124.2025_-_revisao_geral_e_aumento_vencimento_base_diretores_escolares_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/937/plc_125.2025_-_altera_anexo_i_lista_servicos_lei_747.1979_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/939/plc_126.2025_-_altera_lc_012_de_20.01.2010_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1242/plc_127.2025_-_altera_dispositivos_lc_062.2017_e_lei_1601.2000_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1297/plc_128.2025_-_cria_cargos_monitor_de_creche_e_altera_lei_2.001_de_09.04.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1261/plc_129.2025_-_altera_lc_012_de_20.01.2010_dam_-_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1447/plc_130.2025_-_institui_o_programa_profissional_legal_no_municipio_de_mtz_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1469/plc_131.2025_-_dispoe_sobre_grupo_de_direcao_e_assessoramento_quadro_geral_de_cargos_provimento_em_comissao_e_funcoes_gratificadas_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1470/plc_132.2025_-_institui_taxa_de_controle_acomp._e_fisc._atividades_de_pesquisa_lavra_exploracao_e_aproveitamento_recursos_minerarios_-_tfrm_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1471/plc_133.2025_-_altera_lei_municipal_747.78_e_lei_municipal_1069_de_03.04.1989_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1497/plc_134.2025_-_altera_lei_1999_de_09.04.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1498/plc_135.2025_-_altera_lc_003_de_09.04.2007_-_estrutura_organizacional_da_adm_direta_do_poder_executivo_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1538/plc_136.2025_-_cria_cargo_de_neuropsicopedagogo_altera_lei_2001_de_09.04.2007_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1624/plc_137.2025_-_concessao_de_cestas_de_natal_aos_servidores_da_camara_municipal_de_matozinhos_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/plc_138.2025_-_criacao_ouvidoria_da_guarda_municipal_e_institui_cargo_ouvidor_geral_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1399/pr_361.2025_-_autoriza_mesa_diretora_a_baixaro_do_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1450/pr_362.2025_-_altera_artigos_que_menciona_da_resolucao_no_338.2022_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1818/pr_364.2025_-_dispoe_sobre_a_concessao_de_diarias_de_viagem_uso_de_veiculos_oficiais_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pdl_67.2025_-_cidada_honoraria_maria_goreti_versao_site.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1236/pdl_68.2025_-_dispoe_sobre_aprovacao_contas_poder_executivo_-_exercicio_de_2023_tramitacao_completa.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1662/pdl_69.2025_-_titulo_de_cidada_honoraria_-_nayara_rocha_versao_site.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1740/pdl_70.2025_-_dispoe_sobre_aprovacao_contas_poder_executivo_exercicio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/828/portaria_1390.2025_-_nomeia_diretora_legislativa_deiziane_borges.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/829/portaria_1391.2025_-_nomeia_diretor_administrativo_-_joel_eleoterio.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/830/portaria_1392.2025_-_nomeia_chefe_de_gabinete_-_juliana_vieira.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/831/portaria_1393.2025_-_nomeia_controlador_geral_-_marcelo_oliveira.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/832/portaria_1394.2025_-_exonera_diretora_legislativa_-_deiziane.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/833/portaria_1395.2025_-_nomeia_diretora_legislativa_-_poliana_araujo.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/834/portaria_1396.2025_-_nomeia_gestora_tesouraria_-_deiziane.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/835/portaria_1397.2025_-_nomeia_gestor_de_recursos_humanos_-_admilson.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/836/portaria_1398.2025_-_nomeia_assessor_parlamentar_cleiberson_andre_barbosa.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/837/portaria_1399.2025_-_nomeia_assessora_parlamentar_leticia_oliveira_jose_miguel.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/838/portaria_1400.2025_-_nomeia_assessor_parlamentar_luiz_fernando_brandao.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/839/portaria_1401.2025_-_nomeia_diretor_financeiro_nathan_jose_miguel.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/840/portaria_1402.2025_-_nomeia_assessor_parlamentar_andre_felipe_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/841/portaria_1403.2025_-_nomeia_assessora_parlamentar_fernanda_aparecida_ildeu.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/842/portaria_1404.2025_-_nomeia_assessor_parlamentar_silas_emilio_everton.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/843/portaria_1405.2025_-_nomeia_gestor_de_compras_yuri_gabriel.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/844/portaria_1406.2024_-_nomeia_assessor_juridico_presidencia_-_wellington_araujo.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/845/portaria_1407.2025_-_revoga_portaria_1398.2025_-_nomeacao_assessor_cleiberson_andre.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/846/portaria_1408.2025_-_anula_portarias_de_jose_miguel_1389.2025_ate_1407.2025.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/847/portaria_1409.2025_-_nomeia_assessora_parlamentar_mariana_alves_gercy.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/848/portaria_1410.2025_-_nomeia_assessor_parlamentar_tiago_soares_emanuel_sincero_oba.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/849/portaria_1411.2025_-_nomeia_procuradora_geral_kelly_franca.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/850/portaria_1412.2025_-_nomeia_assessora_parlamentar_silvia_regina_carlos_alberto_biga.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/851/portaria_1413.2025_-_nomeia_assessor_parlamentar_luiz_fernando_brandao.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/852/portaria_1414.2025_-_nomeia_assessor_parlamentar_silas_emilio_everton.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/853/portaria_1415.2025_-_nomeia_gestora_de_tesouraria_-_cintia_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/854/portaria_1416.2025_-_nomeia_assessor_parlamentar_cleiberson_andre_barbosa.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/855/portaria_1417.2025_-_nomeia_assessor_parlamentar_andre_felipe_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/856/portaria_1418.2025_-_nomeia_controladora_geral_jussara_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/857/portaria_1419.2025_-_nomeia_assessora_parlamentar_leticia_oliveira_jose_miguel.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/858/portaria_1420.2025_-_nomeia_agente_de_contratacao_roberta_cardoso.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/859/portaria_1421.2025_-_nomeia_assessora_parlamentar_poliana_araujo_cesar.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/860/portaria_1422.2025_-_nomeia_assessora_parlamentar_fernanda_aparecida_ildeu.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/861/portaria_1423.2025_-_nomeia_diretora_administrativa_-_shirley_viana.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/862/portaria_1424.2025_-_nomeia_assessora_parlamentar_caroline_de_freitas_baltazar.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/863/portaria_1425.2025_-_revoga_portaria_1423.2025.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/864/portaria_1426.2025_-_nomeia_diretora_financeira_-_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/865/portaria_1427.2025_-_nomeia_assessor_de_comunicacao_e_imprensa_-_diogenes.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/866/portaria_1428.2025_-_nomeia_diretor_legislativo_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/867/portaria_1429.2025_-_nomeia_assessora_parlamentar_-_fabiane_julio.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/868/portaria_1430.2025_-_nomeia_gestora_de_recursos_humanos_-_shirley_viana.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/869/portaria_1431.2025_-_nomeia_diretora_administrativa_-_sandala.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/870/portaria_1432.2025_-_nomeia_gestora_de_compras_brena.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/871/portaria_1433.2025_-_nomeia_assessora_parlamentar_-_jennifer_flavio.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/872/portaria_1434.2025_-_dispoe_sobre_composicao_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/873/portaria_1435.2025_-_designa_servidora_recebimento_numerario_e_despesas_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/874/portaria_1436.2025_-_agente_de_contratacao_membros_da_equipe_apoio_e_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/875/portaria_1437.2025_-_licenca_maternidade_servidora_regina.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/876/portaria_1438.2025_-_nomeia_assessora_juridica_da_presidencia_-_jane_maria.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/877/portaria_1439.2025_-_anula_portaria_1429.2025_nomeacao_assessora_fabiane.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/878/portaria_1440.2025_-_nomeia_chefe_de_gabinete_-_emerson_mares.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/879/portaria_1441.2025_-_composicao_procuradoria_da_mulher_e_revoga_portaria_1434.2025.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/880/certidao_-_numeracao_nula_de_portaria_1442.2025.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/881/portaria_1443.2025_-_membros_comissoes_permanentes_bienio_2025.2026.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/882/portaria_1444.2025_-_nomeia_assessora_parlamentar_laysa_sabriny_julio_cesar.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/883/portaria_1445.2025_-_diretrizes_uso_veiculo_camara.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/884/portaria_1446.2025_-_feriados_e_pontos_facultativos_camara_2025.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/885/portaria_1447.2025_-_comissao_inventariante.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/886/portaria_1448.2025_-_comissao_avaliacao_especial_desempenho_kelly_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/887/portaria_1449.2025_-_exonera_diretora_administrativa_-_sandala.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/888/portaria_1450.2025_-_nomeia_diretora_administrativa_-_jessica_cicilia.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/889/portaria_1451.2025_-_comissao_avaliacao_especial_desempenho_kelly_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/932/portaria_1452.2025_-_exonera_gestora_de_compras_-_brena.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1213/portaria_1453.2025_-_comissao_organizadora_processo_seletivo_01.2025.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1237/portaria_1454.2025_-_atualiza_lotacao_dos_servidores_efetivos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1238/portaria_1455.2025_-_progressao_grau_servidora_kelly_franca_fonseca.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1239/portaria_1456.2025_-_progressao_grau_servidor_paulo_cesar.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1240/portaria_1457.2025_-_atualiza_lotacao_dos_servidores_comissionados_da_camara.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1241/portaria_1458.2025_-_nomeia_gestora_de_compras_-_janine.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1257/portaria_1459.2025_-_convoca_servidor_diogenes.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1298/portaria_1460.2025_-_convoca_servidor_diogenes_-_audiencia_publica_prestacao_contas.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1299/portaria_1461.2025_-_composicao_da_procuradoria_em_defesa_dos_direitos_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1335/portaria_1462.2025_-_prorrogacao_validade_da_portaria_1453.2025.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1364/portaria_1463.2025_-_exonera_assessora_parlamentar_-_regina_castro.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1385/portaria_1464.2025_-_designa_servidores_cac.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1386/portaria_1465.2025_-_exonera_procuradora_geral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1387/portaria_1466.2025_-_concede_ferias_servidora_kelly.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1388/portaria_1467.2025_-_revoga_portarias_1465.2025_e_1466.2025.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1410/portaria_1468.2025_-_nomeia_procurador_geral_-_alysson_tiburcio_araujo.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1411/portaria_1469.2025_-_exonera_gestora_de_rh.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1415/portaria_1470.2025_-_dispoe_sobre_expediente_na_camara_em_13.08.2025.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1448/portaria_1471.2025_-_nomeia_gestora_de_recursos_humanos_-_marcia_manoela.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1467/portaria_1472.2025_-_dispoe_sobre_regulamentacao_limite_orcamentario_concessao_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1468/portaria_1473.2025_-_dispoe_sobre_horario_funcionamento_da_camara_municipal_e_jornada_de_trabalho_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1487/portaria_1474.2025_-_exonera_servidora_kelly_e_concede_licenca.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1514/portaria_1475.2025_-_comissao_temporaria_avaliacao_especial_desempenho_-_edson_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1534/portaria_1476.2025_-_institui_a_comissao_avaliacao_desempenho_servidores_efetivos_2025.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1535/portaria_1477.2025_-_designa_membros_e_suplentes_comissoes_permanentes_bienio_2025.2026.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1554/portaria_1478.2025_-_nomeia_jussara_diara_de_freitas_-_funcao_gratificada_de_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1575/portaria_1479.2025_-_processo_administrativo_disciplinar_extrato.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1576/portaria_1480.2025_-_progressao_grau_edson_magalhaes_pereira.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1577/portaria_1481.2025_-_autoriza_servidora_a_realizar_assinaturas_de_empenhos_durante_ferias.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1597/portaria_1482.2025_-_dispoe_sobre_horario_funcionamento_da_camara_municipal_e_jornada_de_trabalho_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1598/portaria_1483.2025_-_institui_comissao_de_elaboracao_de_plano_de_contratacao_anual_cpca.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1638/portaria_1484.2025_-_resultado_preliminar_avaliacao_de_desempenho_servidores_2025.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1659/portaria_1485.2025_-_dispoe_sobre_expediente_da_camara_em_10.11.2025.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1716/portaria_1486.2025_-_prorroga_prazo_da_comissao_de_elaboracao_de_plano_de_contratacao_anual_-_cpca.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1739/portaria_1489.2025_-_abertura_de_processo_administrativo_para_apuracao_de_contas_negativas.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1759/portaria_1490.2025_-_designa_agente_de_contratacao_pregoeiro_e_membros_da_equipe_de_apoio_e_revoga_portaria_1436.2025.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/portaria_1491.2025_-_designa_fiscal_de_contratos.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1761/portaria_1492.2025_-_abertura_de_processo_administrativo_para_apuracao_de_contas_negativas_e_revoga_portaria_1489.2025.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1762/portaria_1493.2025_-_ponto_facultativo_em_02.01.2026.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1780/portaria_1494.2025_-_exonera_diretora_administrativa.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1782/portaria_1495.2025_-_prorrogacao_processo_administrativo_disciplinar.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1783/portaria_1496.2025_-_nomeia_diretor_administrativo_-_elton.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1784/portaria_1497.2025_-_comissao_representativa.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1786/portaria_1498.2025_-_resultado_definitivo_avaliacao_individual_de_desempenho_2025.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.matozinhos.mg.leg.br/media/sapl/public/materialegislativa/2025/1787/portaria_1499.2025_-_exonera_assessora_parlamentar.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H937"/>
+  <dimension ref="A1:H964"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="92.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="239.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -15603,19456 +15885,20158 @@
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
         <v>57</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H190" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>782</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>783</v>
       </c>
       <c r="D191" t="s">
+        <v>11</v>
+      </c>
+      <c r="E191" t="s">
+        <v>12</v>
+      </c>
+      <c r="F191" t="s">
+        <v>141</v>
+      </c>
+      <c r="G191" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="E191" t="s">
+      <c r="H191" t="s">
         <v>785</v>
-      </c>
-[...7 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>786</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>787</v>
+      </c>
+      <c r="D192" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" t="s">
+        <v>12</v>
+      </c>
+      <c r="F192" t="s">
+        <v>146</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="B192" t="s">
-[...14 lines deleted...]
-      <c r="G192" s="1" t="s">
+      <c r="H192" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>790</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
         <v>791</v>
       </c>
-      <c r="B193" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D193" t="s">
-        <v>784</v>
+        <v>11</v>
       </c>
       <c r="E193" t="s">
-        <v>785</v>
+        <v>12</v>
       </c>
       <c r="F193" t="s">
-        <v>146</v>
+        <v>104</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>792</v>
       </c>
       <c r="H193" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>794</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>21</v>
+        <v>795</v>
       </c>
       <c r="D194" t="s">
-        <v>784</v>
+        <v>11</v>
       </c>
       <c r="E194" t="s">
-        <v>785</v>
+        <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="H194" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>26</v>
+        <v>799</v>
       </c>
       <c r="D195" t="s">
-        <v>784</v>
+        <v>11</v>
       </c>
       <c r="E195" t="s">
-        <v>785</v>
+        <v>12</v>
       </c>
       <c r="F195" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="H195" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>30</v>
+        <v>803</v>
       </c>
       <c r="D196" t="s">
-        <v>784</v>
+        <v>11</v>
       </c>
       <c r="E196" t="s">
-        <v>785</v>
+        <v>12</v>
       </c>
       <c r="F196" t="s">
-        <v>35</v>
+        <v>804</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="H196" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>34</v>
+        <v>808</v>
       </c>
       <c r="D197" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E197" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F197" t="s">
-        <v>804</v>
+        <v>52</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="H197" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D198" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E198" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F198" t="s">
-        <v>13</v>
+        <v>674</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="H198" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>811</v>
+        <v>17</v>
       </c>
       <c r="D199" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E199" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F199" t="s">
-        <v>804</v>
+        <v>146</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="H199" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="D200" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E200" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F200" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="H200" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="D201" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E201" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F201" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="H201" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="D202" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E202" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F202" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="H202" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D203" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E203" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F203" t="s">
-        <v>104</v>
+        <v>829</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="H203" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D204" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E204" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F204" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="H204" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>835</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>836</v>
+      </c>
+      <c r="D205" t="s">
+        <v>809</v>
+      </c>
+      <c r="E205" t="s">
+        <v>810</v>
+      </c>
+      <c r="F205" t="s">
         <v>829</v>
       </c>
-      <c r="B205" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G205" s="1" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="H205" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="D206" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E206" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F206" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="H206" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="D207" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E207" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F207" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="H207" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="D208" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E208" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F208" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="H208" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="D209" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E209" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F209" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="H209" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="D210" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E210" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F210" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="H210" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="D211" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E211" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F211" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="H211" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="D212" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E212" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F212" t="s">
-        <v>804</v>
+        <v>146</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="H212" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="D213" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E213" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F213" t="s">
-        <v>78</v>
+        <v>146</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="H213" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>112</v>
+        <v>77</v>
       </c>
       <c r="D214" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E214" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F214" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="H214" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="D215" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E215" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F215" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="H215" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="D216" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E216" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F216" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="H216" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>124</v>
+        <v>874</v>
       </c>
       <c r="D217" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E217" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F217" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="H217" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>128</v>
+        <v>95</v>
       </c>
       <c r="D218" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E218" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F218" t="s">
-        <v>57</v>
+        <v>829</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="H218" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>140</v>
+        <v>108</v>
       </c>
       <c r="D219" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E219" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F219" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="H219" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>150</v>
+        <v>112</v>
       </c>
       <c r="D220" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E220" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F220" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="H220" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>154</v>
+        <v>116</v>
       </c>
       <c r="D221" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E221" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F221" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="H221" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>162</v>
+        <v>120</v>
       </c>
       <c r="D222" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E222" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F222" t="s">
-        <v>78</v>
+        <v>829</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="H222" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>167</v>
+        <v>124</v>
       </c>
       <c r="D223" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E223" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F223" t="s">
-        <v>674</v>
+        <v>57</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="H223" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>171</v>
+        <v>128</v>
       </c>
       <c r="D224" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E224" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F224" t="s">
-        <v>804</v>
+        <v>57</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="H224" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>175</v>
+        <v>140</v>
       </c>
       <c r="D225" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E225" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F225" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="H225" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="D226" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E226" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F226" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="H226" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>183</v>
+        <v>154</v>
       </c>
       <c r="D227" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E227" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="H227" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>187</v>
+        <v>162</v>
       </c>
       <c r="D228" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E228" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F228" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="H228" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="D229" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E229" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F229" t="s">
-        <v>52</v>
+        <v>674</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="H229" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>195</v>
+        <v>171</v>
       </c>
       <c r="D230" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E230" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F230" t="s">
-        <v>78</v>
+        <v>829</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="H230" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>199</v>
+        <v>175</v>
       </c>
       <c r="D231" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E231" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F231" t="s">
-        <v>163</v>
+        <v>104</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="H231" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>207</v>
+        <v>179</v>
       </c>
       <c r="D232" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E232" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F232" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="H232" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>211</v>
+        <v>183</v>
       </c>
       <c r="D233" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E233" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F233" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="H233" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>215</v>
+        <v>187</v>
       </c>
       <c r="D234" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E234" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F234" t="s">
-        <v>477</v>
+        <v>52</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="H234" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>219</v>
+        <v>191</v>
       </c>
       <c r="D235" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E235" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F235" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="H235" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>223</v>
+        <v>195</v>
       </c>
       <c r="D236" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E236" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F236" t="s">
         <v>78</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="H236" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="D237" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E237" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F237" t="s">
-        <v>35</v>
+        <v>163</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="H237" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>231</v>
+        <v>207</v>
       </c>
       <c r="D238" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E238" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F238" t="s">
-        <v>804</v>
+        <v>57</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="H238" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="D239" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E239" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F239" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="H239" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>937</v>
+        <v>215</v>
       </c>
       <c r="D240" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E240" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F240" t="s">
-        <v>52</v>
+        <v>477</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="H240" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>239</v>
+        <v>219</v>
       </c>
       <c r="D241" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E241" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F241" t="s">
         <v>13</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="H241" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>243</v>
+        <v>223</v>
       </c>
       <c r="D242" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E242" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F242" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="H242" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>247</v>
+        <v>227</v>
       </c>
       <c r="D243" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E243" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F243" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="H243" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>251</v>
+        <v>231</v>
       </c>
       <c r="D244" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E244" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F244" t="s">
-        <v>950</v>
+        <v>829</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="H244" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="D245" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E245" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F245" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="H245" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>259</v>
+        <v>962</v>
       </c>
       <c r="D246" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E246" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F246" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="H246" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D247" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E247" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F247" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="H247" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>267</v>
+        <v>243</v>
       </c>
       <c r="D248" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E248" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F248" t="s">
-        <v>477</v>
+        <v>57</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="H248" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>271</v>
+        <v>247</v>
       </c>
       <c r="D249" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E249" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F249" t="s">
-        <v>477</v>
+        <v>57</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="H249" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>969</v>
+        <v>251</v>
       </c>
       <c r="D250" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E250" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F250" t="s">
-        <v>78</v>
+        <v>975</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="H250" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>973</v>
+        <v>255</v>
       </c>
       <c r="D251" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E251" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F251" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="H251" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>287</v>
+        <v>259</v>
       </c>
       <c r="D252" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E252" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F252" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="H252" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>291</v>
+        <v>263</v>
       </c>
       <c r="D253" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E253" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F253" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="H253" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>295</v>
+        <v>267</v>
       </c>
       <c r="D254" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E254" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F254" t="s">
-        <v>13</v>
+        <v>477</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="H254" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>299</v>
+        <v>271</v>
       </c>
       <c r="D255" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E255" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F255" t="s">
-        <v>78</v>
+        <v>477</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="H255" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>303</v>
+        <v>994</v>
       </c>
       <c r="D256" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E256" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F256" t="s">
-        <v>146</v>
+        <v>78</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="H256" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>307</v>
+        <v>998</v>
       </c>
       <c r="D257" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E257" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F257" t="s">
-        <v>163</v>
+        <v>57</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="H257" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="D258" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E258" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F258" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="H258" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>315</v>
+        <v>291</v>
       </c>
       <c r="D259" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E259" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F259" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>998</v>
+        <v>1005</v>
       </c>
       <c r="H259" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>319</v>
+        <v>295</v>
       </c>
       <c r="D260" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E260" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F260" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="H260" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>1004</v>
+        <v>299</v>
       </c>
       <c r="D261" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E261" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F261" t="s">
-        <v>804</v>
+        <v>78</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="H261" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>1008</v>
+        <v>303</v>
       </c>
       <c r="D262" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E262" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F262" t="s">
-        <v>104</v>
+        <v>146</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="H262" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>323</v>
+        <v>307</v>
       </c>
       <c r="D263" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E263" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F263" t="s">
-        <v>78</v>
+        <v>163</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="H263" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>327</v>
+        <v>311</v>
       </c>
       <c r="D264" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E264" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F264" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="H264" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>1018</v>
+        <v>315</v>
       </c>
       <c r="D265" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E265" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F265" t="s">
-        <v>35</v>
+        <v>104</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="H265" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="D266" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E266" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F266" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="H266" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>339</v>
+        <v>1029</v>
       </c>
       <c r="D267" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E267" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F267" t="s">
-        <v>13</v>
+        <v>829</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="H267" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>343</v>
+        <v>1033</v>
       </c>
       <c r="D268" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E268" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F268" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="H268" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>347</v>
+        <v>323</v>
       </c>
       <c r="D269" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E269" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F269" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="H269" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>351</v>
+        <v>327</v>
       </c>
       <c r="D270" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E270" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F270" t="s">
-        <v>146</v>
+        <v>78</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="H270" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>355</v>
+        <v>1043</v>
       </c>
       <c r="D271" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E271" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F271" t="s">
-        <v>146</v>
+        <v>35</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="H271" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>359</v>
+        <v>335</v>
       </c>
       <c r="D272" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E272" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F272" t="s">
         <v>13</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="H272" t="s">
-        <v>1041</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="D273" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E273" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F273" t="s">
         <v>13</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="H273" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>367</v>
+        <v>343</v>
       </c>
       <c r="D274" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E274" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F274" t="s">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="H274" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>371</v>
+        <v>347</v>
       </c>
       <c r="D275" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E275" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F275" t="s">
         <v>22</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="H275" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1051</v>
+        <v>1058</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>375</v>
+        <v>351</v>
       </c>
       <c r="D276" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E276" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F276" t="s">
-        <v>804</v>
+        <v>146</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="H276" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="D277" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E277" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F277" t="s">
-        <v>804</v>
+        <v>146</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="H277" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
       <c r="D278" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E278" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F278" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1058</v>
+        <v>1065</v>
       </c>
       <c r="H278" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>387</v>
+        <v>363</v>
       </c>
       <c r="D279" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E279" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F279" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="H279" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>391</v>
+        <v>367</v>
       </c>
       <c r="D280" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E280" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F280" t="s">
-        <v>78</v>
+        <v>163</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1064</v>
+        <v>1071</v>
       </c>
       <c r="H280" t="s">
-        <v>1065</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1067</v>
+        <v>371</v>
       </c>
       <c r="D281" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E281" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F281" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="H281" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>395</v>
+        <v>375</v>
       </c>
       <c r="D282" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E282" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F282" t="s">
-        <v>57</v>
+        <v>829</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="H282" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>399</v>
+        <v>379</v>
       </c>
       <c r="D283" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E283" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F283" t="s">
-        <v>35</v>
+        <v>829</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="H283" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1077</v>
+        <v>383</v>
       </c>
       <c r="D284" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E284" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F284" t="s">
-        <v>477</v>
+        <v>22</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="H284" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>403</v>
+        <v>387</v>
       </c>
       <c r="D285" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E285" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F285" t="s">
-        <v>477</v>
+        <v>163</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="H285" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>407</v>
+        <v>391</v>
       </c>
       <c r="D286" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E286" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F286" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="H286" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>411</v>
+        <v>1092</v>
       </c>
       <c r="D287" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E287" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F287" t="s">
-        <v>950</v>
+        <v>52</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="H287" t="s">
-        <v>1088</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>415</v>
+        <v>395</v>
       </c>
       <c r="D288" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E288" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F288" t="s">
-        <v>477</v>
+        <v>57</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1090</v>
+        <v>1096</v>
       </c>
       <c r="H288" t="s">
-        <v>1091</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1092</v>
+        <v>1098</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>419</v>
+        <v>399</v>
       </c>
       <c r="D289" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E289" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F289" t="s">
-        <v>477</v>
+        <v>35</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
       <c r="H289" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="D290" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E290" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F290" t="s">
-        <v>146</v>
+        <v>477</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="H290" t="s">
-        <v>1098</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1100</v>
+        <v>403</v>
       </c>
       <c r="D291" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E291" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F291" t="s">
-        <v>22</v>
+        <v>477</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="H291" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1104</v>
+        <v>407</v>
       </c>
       <c r="D292" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E292" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F292" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="H292" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1108</v>
+        <v>411</v>
       </c>
       <c r="D293" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E293" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F293" t="s">
-        <v>13</v>
+        <v>975</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="H293" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1112</v>
+        <v>415</v>
       </c>
       <c r="D294" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E294" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F294" t="s">
-        <v>13</v>
+        <v>477</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="H294" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1116</v>
+        <v>419</v>
       </c>
       <c r="D295" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E295" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F295" t="s">
-        <v>104</v>
+        <v>477</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="H295" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D296" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E296" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F296" t="s">
-        <v>104</v>
+        <v>146</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="H296" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="D297" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E297" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F297" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="H297" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D298" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E298" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F298" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="H298" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>423</v>
+        <v>1133</v>
       </c>
       <c r="D299" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E299" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F299" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="H299" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>427</v>
+        <v>1137</v>
       </c>
       <c r="D300" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E300" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F300" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="H300" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>431</v>
+        <v>1141</v>
       </c>
       <c r="D301" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E301" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F301" t="s">
-        <v>804</v>
+        <v>104</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="H301" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="D302" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E302" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F302" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="H302" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>436</v>
+        <v>1149</v>
       </c>
       <c r="D303" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E303" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F303" t="s">
-        <v>477</v>
+        <v>52</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="H303" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>444</v>
+        <v>1153</v>
       </c>
       <c r="D304" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E304" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F304" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="H304" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>448</v>
+        <v>423</v>
       </c>
       <c r="D305" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E305" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F305" t="s">
-        <v>52</v>
+        <v>829</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="H305" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1154</v>
+        <v>427</v>
       </c>
       <c r="D306" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E306" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F306" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="H306" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>452</v>
+        <v>431</v>
       </c>
       <c r="D307" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E307" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F307" t="s">
-        <v>13</v>
+        <v>829</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="H307" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>456</v>
+        <v>1166</v>
       </c>
       <c r="D308" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E308" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F308" t="s">
-        <v>477</v>
+        <v>22</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="H308" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1164</v>
+        <v>436</v>
       </c>
       <c r="D309" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E309" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F309" t="s">
-        <v>35</v>
+        <v>477</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="H309" t="s">
-        <v>1166</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1167</v>
+        <v>1172</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>460</v>
+        <v>444</v>
       </c>
       <c r="D310" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E310" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F310" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1168</v>
+        <v>1173</v>
       </c>
       <c r="H310" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>464</v>
+        <v>448</v>
       </c>
       <c r="D311" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E311" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F311" t="s">
-        <v>950</v>
+        <v>52</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="H311" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>468</v>
+        <v>1179</v>
       </c>
       <c r="D312" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E312" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F312" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="H312" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>472</v>
+        <v>452</v>
       </c>
       <c r="D313" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E313" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F313" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="H313" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>476</v>
+        <v>456</v>
       </c>
       <c r="D314" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E314" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F314" t="s">
-        <v>950</v>
+        <v>477</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
       <c r="H314" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>481</v>
+        <v>1189</v>
       </c>
       <c r="D315" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E315" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F315" t="s">
-        <v>163</v>
+        <v>35</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="H315" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>485</v>
+        <v>460</v>
       </c>
       <c r="D316" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E316" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F316" t="s">
-        <v>163</v>
+        <v>104</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1186</v>
+        <v>1193</v>
       </c>
       <c r="H316" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>489</v>
+        <v>464</v>
       </c>
       <c r="D317" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E317" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F317" t="s">
-        <v>146</v>
+        <v>975</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="H317" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>493</v>
+        <v>468</v>
       </c>
       <c r="D318" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E318" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F318" t="s">
-        <v>35</v>
+        <v>829</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="H318" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>497</v>
+        <v>472</v>
       </c>
       <c r="D319" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E319" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F319" t="s">
-        <v>104</v>
+        <v>829</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="H319" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1198</v>
+        <v>476</v>
       </c>
       <c r="D320" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E320" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F320" t="s">
-        <v>13</v>
+        <v>975</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="H320" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="D321" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E321" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F321" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="H321" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>505</v>
+        <v>485</v>
       </c>
       <c r="D322" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E322" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F322" t="s">
         <v>163</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="H322" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>509</v>
+        <v>489</v>
       </c>
       <c r="D323" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E323" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F323" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
       <c r="H323" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>513</v>
+        <v>493</v>
       </c>
       <c r="D324" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E324" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F324" t="s">
-        <v>163</v>
+        <v>35</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="H324" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>525</v>
+        <v>497</v>
       </c>
       <c r="D325" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E325" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F325" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="H325" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>529</v>
+        <v>1223</v>
       </c>
       <c r="D326" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E326" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F326" t="s">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="H326" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1220</v>
+        <v>501</v>
       </c>
       <c r="D327" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E327" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F327" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="H327" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1224</v>
+        <v>505</v>
       </c>
       <c r="D328" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E328" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F328" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="H328" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>533</v>
+        <v>509</v>
       </c>
       <c r="D329" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E329" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F329" t="s">
-        <v>804</v>
+        <v>22</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="H329" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1231</v>
+        <v>513</v>
       </c>
       <c r="D330" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E330" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F330" t="s">
-        <v>804</v>
+        <v>163</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="H330" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>537</v>
+        <v>525</v>
       </c>
       <c r="D331" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E331" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F331" t="s">
-        <v>477</v>
+        <v>78</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="H331" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1238</v>
+        <v>529</v>
       </c>
       <c r="D332" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E332" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F332" t="s">
-        <v>950</v>
+        <v>78</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="H332" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="D333" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E333" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F333" t="s">
-        <v>950</v>
+        <v>146</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="H333" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>541</v>
+        <v>1249</v>
       </c>
       <c r="D334" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E334" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F334" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="H334" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>545</v>
+        <v>533</v>
       </c>
       <c r="D335" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E335" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F335" t="s">
-        <v>146</v>
+        <v>829</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="H335" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>549</v>
+        <v>1256</v>
       </c>
       <c r="D336" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E336" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F336" t="s">
-        <v>13</v>
+        <v>829</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="H336" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>553</v>
+        <v>537</v>
       </c>
       <c r="D337" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E337" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F337" t="s">
-        <v>13</v>
+        <v>477</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="H337" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>557</v>
+        <v>1263</v>
       </c>
       <c r="D338" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E338" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F338" t="s">
-        <v>804</v>
+        <v>975</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="H338" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>561</v>
+        <v>1267</v>
       </c>
       <c r="D339" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E339" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F339" t="s">
-        <v>22</v>
+        <v>975</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="H339" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>565</v>
+        <v>541</v>
       </c>
       <c r="D340" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E340" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F340" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="H340" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>568</v>
+        <v>545</v>
       </c>
       <c r="D341" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E341" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F341" t="s">
-        <v>950</v>
+        <v>146</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="H341" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>572</v>
+        <v>549</v>
       </c>
       <c r="D342" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E342" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F342" t="s">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="H342" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1272</v>
+        <v>1279</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>576</v>
+        <v>553</v>
       </c>
       <c r="D343" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E343" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F343" t="s">
-        <v>950</v>
+        <v>13</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1273</v>
+        <v>1280</v>
       </c>
       <c r="H343" t="s">
-        <v>1274</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>580</v>
+        <v>557</v>
       </c>
       <c r="D344" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E344" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F344" t="s">
-        <v>146</v>
+        <v>829</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1276</v>
+        <v>1283</v>
       </c>
       <c r="H344" t="s">
-        <v>1277</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1279</v>
+        <v>561</v>
       </c>
       <c r="D345" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E345" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F345" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
       <c r="H345" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>592</v>
+        <v>565</v>
       </c>
       <c r="D346" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E346" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F346" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="H346" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>596</v>
+        <v>568</v>
       </c>
       <c r="D347" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E347" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F347" t="s">
-        <v>163</v>
+        <v>975</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="H347" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>600</v>
+        <v>572</v>
       </c>
       <c r="D348" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E348" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F348" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="H348" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>604</v>
+        <v>576</v>
       </c>
       <c r="D349" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E349" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F349" t="s">
-        <v>13</v>
+        <v>975</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1292</v>
+        <v>1298</v>
       </c>
       <c r="H349" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>609</v>
+        <v>580</v>
       </c>
       <c r="D350" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E350" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F350" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1295</v>
+        <v>1301</v>
       </c>
       <c r="H350" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>613</v>
+        <v>1304</v>
       </c>
       <c r="D351" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E351" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F351" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="H351" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>617</v>
+        <v>592</v>
       </c>
       <c r="D352" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E352" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F352" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="H352" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1304</v>
+        <v>596</v>
       </c>
       <c r="D353" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E353" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F353" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="H353" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>621</v>
+        <v>600</v>
       </c>
       <c r="D354" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E354" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F354" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="H354" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>625</v>
+        <v>604</v>
       </c>
       <c r="D355" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E355" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F355" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="H355" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>629</v>
+        <v>609</v>
       </c>
       <c r="D356" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E356" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F356" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="H356" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>633</v>
+        <v>613</v>
       </c>
       <c r="D357" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E357" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F357" t="s">
-        <v>146</v>
+        <v>57</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="H357" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1320</v>
+        <v>617</v>
       </c>
       <c r="D358" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E358" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F358" t="s">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
       <c r="H358" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>637</v>
+        <v>1329</v>
       </c>
       <c r="D359" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E359" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F359" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="H359" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="D360" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E360" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F360" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="H360" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>645</v>
+        <v>625</v>
       </c>
       <c r="D361" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E361" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F361" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="H361" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>649</v>
+        <v>629</v>
       </c>
       <c r="D362" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E362" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F362" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="H362" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>653</v>
+        <v>633</v>
       </c>
       <c r="D363" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E363" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F363" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
       <c r="H363" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>657</v>
+        <v>1345</v>
       </c>
       <c r="D364" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E364" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F364" t="s">
-        <v>950</v>
+        <v>163</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="H364" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>661</v>
+        <v>637</v>
       </c>
       <c r="D365" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E365" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F365" t="s">
-        <v>22</v>
+        <v>163</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="H365" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>665</v>
+        <v>641</v>
       </c>
       <c r="D366" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E366" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F366" t="s">
-        <v>104</v>
+        <v>57</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="H366" t="s">
-        <v>1346</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>669</v>
+        <v>645</v>
       </c>
       <c r="D367" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E367" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F367" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="H367" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>673</v>
+        <v>649</v>
       </c>
       <c r="D368" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E368" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F368" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="H368" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>678</v>
+        <v>653</v>
       </c>
       <c r="D369" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E369" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F369" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="H369" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>686</v>
+        <v>657</v>
       </c>
       <c r="D370" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E370" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F370" t="s">
-        <v>163</v>
+        <v>975</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="H370" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>690</v>
+        <v>661</v>
       </c>
       <c r="D371" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E371" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F371" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="H371" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>694</v>
+        <v>665</v>
       </c>
       <c r="D372" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E372" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F372" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="H372" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>698</v>
+        <v>669</v>
       </c>
       <c r="D373" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E373" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F373" t="s">
-        <v>674</v>
+        <v>13</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1366</v>
+        <v>1373</v>
       </c>
       <c r="H373" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1368</v>
+        <v>1375</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>702</v>
+        <v>673</v>
       </c>
       <c r="D374" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E374" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F374" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="H374" t="s">
-        <v>1370</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1371</v>
+        <v>1378</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>706</v>
+        <v>678</v>
       </c>
       <c r="D375" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E375" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F375" t="s">
-        <v>477</v>
+        <v>52</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1372</v>
+        <v>1379</v>
       </c>
       <c r="H375" t="s">
-        <v>1373</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1374</v>
+        <v>1381</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>710</v>
+        <v>686</v>
       </c>
       <c r="D376" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E376" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F376" t="s">
-        <v>477</v>
+        <v>163</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1375</v>
+        <v>1382</v>
       </c>
       <c r="H376" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1377</v>
+        <v>1384</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>714</v>
+        <v>690</v>
       </c>
       <c r="D377" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E377" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F377" t="s">
-        <v>146</v>
+        <v>163</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1378</v>
+        <v>1385</v>
       </c>
       <c r="H377" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1381</v>
+        <v>694</v>
       </c>
       <c r="D378" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E378" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F378" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
       <c r="H378" t="s">
-        <v>1383</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>718</v>
+        <v>698</v>
       </c>
       <c r="D379" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E379" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F379" t="s">
-        <v>57</v>
+        <v>674</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1385</v>
+        <v>1391</v>
       </c>
       <c r="H379" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1387</v>
+        <v>1393</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>722</v>
+        <v>702</v>
       </c>
       <c r="D380" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E380" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F380" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="H380" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1391</v>
+        <v>706</v>
       </c>
       <c r="D381" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E381" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F381" t="s">
-        <v>13</v>
+        <v>477</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="H381" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>730</v>
+        <v>710</v>
       </c>
       <c r="D382" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E382" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F382" t="s">
-        <v>13</v>
+        <v>477</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="H382" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1398</v>
+        <v>714</v>
       </c>
       <c r="D383" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E383" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F383" t="s">
-        <v>163</v>
+        <v>146</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="H383" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>734</v>
+        <v>1406</v>
       </c>
       <c r="D384" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E384" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F384" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="H384" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>738</v>
+        <v>718</v>
       </c>
       <c r="D385" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E385" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F385" t="s">
         <v>57</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="H385" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1408</v>
+        <v>722</v>
       </c>
       <c r="D386" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E386" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F386" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="H386" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>742</v>
+        <v>1416</v>
       </c>
       <c r="D387" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E387" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F387" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
       <c r="H387" t="s">
-        <v>1413</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>746</v>
+        <v>730</v>
       </c>
       <c r="D388" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E388" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F388" t="s">
-        <v>477</v>
+        <v>13</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="H388" t="s">
-        <v>1416</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>751</v>
+        <v>1423</v>
       </c>
       <c r="D389" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E389" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F389" t="s">
-        <v>477</v>
+        <v>163</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="H389" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1421</v>
+        <v>734</v>
       </c>
       <c r="D390" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E390" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F390" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="H390" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>755</v>
+        <v>738</v>
       </c>
       <c r="D391" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E391" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F391" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="H391" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>759</v>
+        <v>1433</v>
       </c>
       <c r="D392" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E392" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F392" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="H392" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>763</v>
+        <v>742</v>
       </c>
       <c r="D393" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E393" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F393" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="H393" t="s">
-        <v>1432</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>767</v>
+        <v>746</v>
       </c>
       <c r="D394" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E394" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F394" t="s">
-        <v>146</v>
+        <v>477</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="H394" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="D395" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E395" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F395" t="s">
-        <v>163</v>
+        <v>477</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="H395" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1439</v>
+        <v>1445</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>775</v>
+        <v>1446</v>
       </c>
       <c r="D396" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E396" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F396" t="s">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="H396" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>779</v>
+        <v>755</v>
       </c>
       <c r="D397" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E397" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F397" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="H397" t="s">
-        <v>1444</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1446</v>
+        <v>759</v>
       </c>
       <c r="D398" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E398" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F398" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="H398" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1450</v>
+        <v>763</v>
       </c>
       <c r="D399" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E399" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F399" t="s">
-        <v>477</v>
+        <v>13</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="H399" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1454</v>
+        <v>767</v>
       </c>
       <c r="D400" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E400" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F400" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="H400" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1458</v>
+        <v>771</v>
       </c>
       <c r="D401" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E401" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F401" t="s">
-        <v>146</v>
+        <v>163</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="H401" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1462</v>
+        <v>775</v>
       </c>
       <c r="D402" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E402" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F402" t="s">
-        <v>146</v>
+        <v>163</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="H402" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1466</v>
+        <v>779</v>
       </c>
       <c r="D403" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E403" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F403" t="s">
-        <v>674</v>
+        <v>104</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="H403" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1470</v>
+        <v>783</v>
       </c>
       <c r="D404" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E404" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F404" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>1471</v>
       </c>
       <c r="H404" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>1473</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
         <v>1474</v>
       </c>
       <c r="D405" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E405" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F405" t="s">
-        <v>13</v>
+        <v>477</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>1475</v>
       </c>
       <c r="H405" t="s">
         <v>1476</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>1477</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1478</v>
+        <v>787</v>
       </c>
       <c r="D406" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E406" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F406" t="s">
         <v>22</v>
       </c>
       <c r="G406" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H406" t="s">
         <v>1479</v>
-      </c>
-[...1 lines deleted...]
-        <v>1480</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
         <v>1481</v>
       </c>
-      <c r="B407" t="s">
-[...2 lines deleted...]
-      <c r="C407" t="s">
+      <c r="D407" t="s">
+        <v>809</v>
+      </c>
+      <c r="E407" t="s">
+        <v>810</v>
+      </c>
+      <c r="F407" t="s">
+        <v>146</v>
+      </c>
+      <c r="G407" s="1" t="s">
         <v>1482</v>
       </c>
-      <c r="D407" t="s">
-[...8 lines deleted...]
-      <c r="G407" s="1" t="s">
+      <c r="H407" t="s">
         <v>1483</v>
-      </c>
-[...1 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>791</v>
+      </c>
+      <c r="D408" t="s">
+        <v>809</v>
+      </c>
+      <c r="E408" t="s">
+        <v>810</v>
+      </c>
+      <c r="F408" t="s">
+        <v>146</v>
+      </c>
+      <c r="G408" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="B408" t="s">
-[...2 lines deleted...]
-      <c r="C408" t="s">
+      <c r="H408" t="s">
         <v>1486</v>
-      </c>
-[...13 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>795</v>
+      </c>
+      <c r="D409" t="s">
+        <v>809</v>
+      </c>
+      <c r="E409" t="s">
+        <v>810</v>
+      </c>
+      <c r="F409" t="s">
+        <v>674</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H409" t="s">
         <v>1489</v>
-      </c>
-[...19 lines deleted...]
-        <v>1492</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1494</v>
+        <v>799</v>
       </c>
       <c r="D410" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E410" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F410" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1495</v>
+        <v>1491</v>
       </c>
       <c r="H410" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1498</v>
+        <v>803</v>
       </c>
       <c r="D411" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E411" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F411" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1499</v>
+        <v>1494</v>
       </c>
       <c r="H411" t="s">
-        <v>1500</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1501</v>
+        <v>1496</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1502</v>
+        <v>1497</v>
       </c>
       <c r="D412" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E412" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F412" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1503</v>
+        <v>1498</v>
       </c>
       <c r="H412" t="s">
-        <v>1504</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1506</v>
+        <v>1501</v>
       </c>
       <c r="D413" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E413" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F413" t="s">
-        <v>477</v>
+        <v>35</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1507</v>
+        <v>1502</v>
       </c>
       <c r="H413" t="s">
-        <v>1508</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1509</v>
+        <v>1504</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1510</v>
+        <v>1505</v>
       </c>
       <c r="D414" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E414" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F414" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1511</v>
+        <v>1506</v>
       </c>
       <c r="H414" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1513</v>
+        <v>1508</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1514</v>
+        <v>1509</v>
       </c>
       <c r="D415" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E415" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F415" t="s">
-        <v>13</v>
+        <v>477</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1515</v>
+        <v>1510</v>
       </c>
       <c r="H415" t="s">
-        <v>1516</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1517</v>
+        <v>1512</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1518</v>
+        <v>1513</v>
       </c>
       <c r="D416" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E416" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F416" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1519</v>
+        <v>1514</v>
       </c>
       <c r="H416" t="s">
-        <v>1520</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1521</v>
+        <v>1516</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1522</v>
+        <v>1517</v>
       </c>
       <c r="D417" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E417" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F417" t="s">
-        <v>52</v>
+        <v>829</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1523</v>
+        <v>1518</v>
       </c>
       <c r="H417" t="s">
-        <v>1524</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1525</v>
+        <v>1520</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1526</v>
+        <v>1521</v>
       </c>
       <c r="D418" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E418" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F418" t="s">
-        <v>950</v>
+        <v>52</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1527</v>
+        <v>1522</v>
       </c>
       <c r="H418" t="s">
-        <v>1528</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1529</v>
+        <v>1524</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1530</v>
+        <v>1525</v>
       </c>
       <c r="D419" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E419" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F419" t="s">
-        <v>104</v>
+        <v>477</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1531</v>
+        <v>1526</v>
       </c>
       <c r="H419" t="s">
-        <v>1532</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1533</v>
+        <v>1528</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1534</v>
+        <v>1529</v>
       </c>
       <c r="D420" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E420" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F420" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1535</v>
+        <v>1530</v>
       </c>
       <c r="H420" t="s">
-        <v>1536</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1537</v>
+        <v>1532</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1538</v>
+        <v>1533</v>
       </c>
       <c r="D421" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E421" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F421" t="s">
-        <v>674</v>
+        <v>13</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1539</v>
+        <v>1534</v>
       </c>
       <c r="H421" t="s">
-        <v>1540</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1541</v>
+        <v>1536</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1542</v>
+        <v>1537</v>
       </c>
       <c r="D422" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E422" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F422" t="s">
-        <v>804</v>
+        <v>163</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1543</v>
+        <v>1538</v>
       </c>
       <c r="H422" t="s">
-        <v>1544</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1545</v>
+        <v>1540</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1546</v>
+        <v>1541</v>
       </c>
       <c r="D423" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E423" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F423" t="s">
-        <v>804</v>
+        <v>52</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1547</v>
+        <v>1542</v>
       </c>
       <c r="H423" t="s">
-        <v>1548</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1549</v>
+        <v>1544</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1550</v>
+        <v>1545</v>
       </c>
       <c r="D424" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E424" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F424" t="s">
-        <v>13</v>
+        <v>975</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1551</v>
+        <v>1546</v>
       </c>
       <c r="H424" t="s">
-        <v>1552</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1553</v>
+        <v>1548</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1554</v>
+        <v>1549</v>
       </c>
       <c r="D425" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E425" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F425" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1555</v>
+        <v>1550</v>
       </c>
       <c r="H425" t="s">
-        <v>1556</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1557</v>
+        <v>1552</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1558</v>
+        <v>1553</v>
       </c>
       <c r="D426" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E426" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F426" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1559</v>
+        <v>1554</v>
       </c>
       <c r="H426" t="s">
-        <v>1560</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1561</v>
+        <v>1556</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1562</v>
+        <v>1557</v>
       </c>
       <c r="D427" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E427" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F427" t="s">
-        <v>163</v>
+        <v>674</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1563</v>
+        <v>1558</v>
       </c>
       <c r="H427" t="s">
-        <v>1564</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1565</v>
+        <v>1560</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="D428" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E428" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F428" t="s">
-        <v>163</v>
+        <v>829</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="H428" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1569</v>
+        <v>1564</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1570</v>
+        <v>1565</v>
       </c>
       <c r="D429" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E429" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F429" t="s">
-        <v>477</v>
+        <v>829</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1571</v>
+        <v>1566</v>
       </c>
       <c r="H429" t="s">
-        <v>1572</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1573</v>
+        <v>1568</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1574</v>
+        <v>1569</v>
       </c>
       <c r="D430" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E430" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F430" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1575</v>
+        <v>1570</v>
       </c>
       <c r="H430" t="s">
-        <v>1576</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1578</v>
+        <v>1573</v>
       </c>
       <c r="D431" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E431" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F431" t="s">
-        <v>477</v>
+        <v>57</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1579</v>
+        <v>1574</v>
       </c>
       <c r="H431" t="s">
-        <v>1580</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1581</v>
+        <v>1576</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1582</v>
+        <v>1577</v>
       </c>
       <c r="D432" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E432" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F432" t="s">
-        <v>950</v>
+        <v>57</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1583</v>
+        <v>1578</v>
       </c>
       <c r="H432" t="s">
-        <v>1584</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1585</v>
+        <v>1580</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1586</v>
+        <v>1581</v>
       </c>
       <c r="D433" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E433" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F433" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1587</v>
+        <v>1582</v>
       </c>
       <c r="H433" t="s">
-        <v>1588</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1589</v>
+        <v>1584</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1590</v>
+        <v>1585</v>
       </c>
       <c r="D434" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E434" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F434" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1591</v>
+        <v>1586</v>
       </c>
       <c r="H434" t="s">
-        <v>1592</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1593</v>
+        <v>1588</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1594</v>
+        <v>1589</v>
       </c>
       <c r="D435" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E435" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F435" t="s">
-        <v>52</v>
+        <v>477</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1595</v>
+        <v>1590</v>
       </c>
       <c r="H435" t="s">
-        <v>1596</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1597</v>
+        <v>1592</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1598</v>
+        <v>1593</v>
       </c>
       <c r="D436" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E436" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F436" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1599</v>
+        <v>1594</v>
       </c>
       <c r="H436" t="s">
-        <v>1600</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1601</v>
+        <v>1596</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1602</v>
+        <v>1597</v>
       </c>
       <c r="D437" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E437" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F437" t="s">
-        <v>804</v>
+        <v>477</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1603</v>
+        <v>1598</v>
       </c>
       <c r="H437" t="s">
-        <v>1604</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1605</v>
+        <v>1600</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1606</v>
+        <v>1601</v>
       </c>
       <c r="D438" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E438" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F438" t="s">
-        <v>163</v>
+        <v>975</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1607</v>
+        <v>1602</v>
       </c>
       <c r="H438" t="s">
-        <v>1608</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1609</v>
+        <v>1604</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1610</v>
+        <v>1605</v>
       </c>
       <c r="D439" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E439" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F439" t="s">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1611</v>
+        <v>1606</v>
       </c>
       <c r="H439" t="s">
-        <v>1612</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1613</v>
+        <v>1608</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1614</v>
+        <v>1609</v>
       </c>
       <c r="D440" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E440" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F440" t="s">
-        <v>950</v>
+        <v>13</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1615</v>
+        <v>1610</v>
       </c>
       <c r="H440" t="s">
-        <v>1616</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1617</v>
+        <v>1612</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1618</v>
+        <v>1613</v>
       </c>
       <c r="D441" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E441" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F441" t="s">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1619</v>
+        <v>1614</v>
       </c>
       <c r="H441" t="s">
-        <v>1620</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1621</v>
+        <v>1616</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1622</v>
+        <v>1617</v>
       </c>
       <c r="D442" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E442" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F442" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1623</v>
+        <v>1618</v>
       </c>
       <c r="H442" t="s">
-        <v>1624</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1625</v>
+        <v>1620</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1626</v>
+        <v>1621</v>
       </c>
       <c r="D443" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E443" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F443" t="s">
-        <v>52</v>
+        <v>829</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1627</v>
+        <v>1622</v>
       </c>
       <c r="H443" t="s">
-        <v>1628</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1629</v>
+        <v>1624</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1630</v>
+        <v>1625</v>
       </c>
       <c r="D444" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E444" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F444" t="s">
-        <v>22</v>
+        <v>163</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1631</v>
+        <v>1626</v>
       </c>
       <c r="H444" t="s">
-        <v>1632</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1633</v>
+        <v>1628</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1634</v>
+        <v>1629</v>
       </c>
       <c r="D445" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E445" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F445" t="s">
-        <v>804</v>
+        <v>78</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1635</v>
+        <v>1630</v>
       </c>
       <c r="H445" t="s">
-        <v>1636</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1637</v>
+        <v>1632</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1638</v>
+        <v>1633</v>
       </c>
       <c r="D446" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E446" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F446" t="s">
-        <v>52</v>
+        <v>975</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1639</v>
+        <v>1634</v>
       </c>
       <c r="H446" t="s">
-        <v>1640</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1641</v>
+        <v>1636</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1642</v>
+        <v>1637</v>
       </c>
       <c r="D447" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E447" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F447" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1643</v>
+        <v>1638</v>
       </c>
       <c r="H447" t="s">
-        <v>1644</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1645</v>
+        <v>1640</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1646</v>
+        <v>1641</v>
       </c>
       <c r="D448" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E448" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F448" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1647</v>
+        <v>1642</v>
       </c>
       <c r="H448" t="s">
-        <v>1648</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1649</v>
+        <v>1644</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1650</v>
+        <v>1645</v>
       </c>
       <c r="D449" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E449" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F449" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1651</v>
+        <v>1646</v>
       </c>
       <c r="H449" t="s">
-        <v>1652</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1653</v>
+        <v>1648</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1654</v>
+        <v>1649</v>
       </c>
       <c r="D450" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E450" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F450" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1655</v>
+        <v>1650</v>
       </c>
       <c r="H450" t="s">
-        <v>1656</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1657</v>
+        <v>1652</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1658</v>
+        <v>1653</v>
       </c>
       <c r="D451" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E451" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F451" t="s">
-        <v>146</v>
+        <v>829</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1659</v>
+        <v>1654</v>
       </c>
       <c r="H451" t="s">
-        <v>1660</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1661</v>
+        <v>1656</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1662</v>
+        <v>1657</v>
       </c>
       <c r="D452" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E452" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F452" t="s">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1663</v>
+        <v>1658</v>
       </c>
       <c r="H452" t="s">
-        <v>1664</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1665</v>
+        <v>1660</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1666</v>
+        <v>1661</v>
       </c>
       <c r="D453" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E453" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F453" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1667</v>
+        <v>1662</v>
       </c>
       <c r="H453" t="s">
-        <v>1668</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1669</v>
+        <v>1664</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1670</v>
+        <v>1665</v>
       </c>
       <c r="D454" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E454" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F454" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1671</v>
+        <v>1666</v>
       </c>
       <c r="H454" t="s">
-        <v>1672</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1673</v>
+        <v>1668</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1674</v>
+        <v>1669</v>
       </c>
       <c r="D455" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E455" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F455" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1675</v>
+        <v>1670</v>
       </c>
       <c r="H455" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1677</v>
+        <v>1672</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1678</v>
+        <v>1673</v>
       </c>
       <c r="D456" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E456" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F456" t="s">
-        <v>804</v>
+        <v>146</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1679</v>
+        <v>1674</v>
       </c>
       <c r="H456" t="s">
-        <v>1680</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1681</v>
+        <v>1676</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1682</v>
+        <v>1677</v>
       </c>
       <c r="D457" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E457" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F457" t="s">
-        <v>804</v>
+        <v>146</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1683</v>
+        <v>1678</v>
       </c>
       <c r="H457" t="s">
-        <v>1684</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1685</v>
+        <v>1680</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1686</v>
+        <v>1681</v>
       </c>
       <c r="D458" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E458" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F458" t="s">
-        <v>22</v>
+        <v>163</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1687</v>
+        <v>1682</v>
       </c>
       <c r="H458" t="s">
-        <v>1688</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
       <c r="D459" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E459" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F459" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1691</v>
+        <v>1686</v>
       </c>
       <c r="H459" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1693</v>
+        <v>1688</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1694</v>
+        <v>1689</v>
       </c>
       <c r="D460" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E460" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F460" t="s">
         <v>22</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1695</v>
+        <v>1690</v>
       </c>
       <c r="H460" t="s">
-        <v>1696</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1697</v>
+        <v>1692</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1698</v>
+        <v>1693</v>
       </c>
       <c r="D461" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E461" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F461" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1699</v>
+        <v>1694</v>
       </c>
       <c r="H461" t="s">
-        <v>1700</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1701</v>
+        <v>1696</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="D462" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E462" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F462" t="s">
-        <v>146</v>
+        <v>829</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1703</v>
+        <v>1698</v>
       </c>
       <c r="H462" t="s">
-        <v>1704</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1705</v>
+        <v>1700</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1706</v>
+        <v>1701</v>
       </c>
       <c r="D463" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E463" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F463" t="s">
-        <v>804</v>
+        <v>829</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1707</v>
+        <v>1702</v>
       </c>
       <c r="H463" t="s">
-        <v>1708</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1709</v>
+        <v>1704</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1710</v>
+        <v>1705</v>
       </c>
       <c r="D464" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E464" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F464" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1711</v>
+        <v>1706</v>
       </c>
       <c r="H464" t="s">
-        <v>1712</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1713</v>
+        <v>1708</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1714</v>
+        <v>1709</v>
       </c>
       <c r="D465" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E465" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F465" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1715</v>
+        <v>1710</v>
       </c>
       <c r="H465" t="s">
-        <v>1716</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1717</v>
+        <v>1712</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1718</v>
+        <v>1713</v>
       </c>
       <c r="D466" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E466" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F466" t="s">
         <v>22</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1719</v>
+        <v>1714</v>
       </c>
       <c r="H466" t="s">
-        <v>1720</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1721</v>
+        <v>1716</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1722</v>
+        <v>1717</v>
       </c>
       <c r="D467" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E467" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F467" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1723</v>
+        <v>1718</v>
       </c>
       <c r="H467" t="s">
-        <v>1724</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1725</v>
+        <v>1720</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1726</v>
+        <v>1721</v>
       </c>
       <c r="D468" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E468" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F468" t="s">
-        <v>78</v>
+        <v>146</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1727</v>
+        <v>1722</v>
       </c>
       <c r="H468" t="s">
-        <v>1728</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1729</v>
+        <v>1724</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1730</v>
+        <v>1725</v>
       </c>
       <c r="D469" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E469" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F469" t="s">
-        <v>78</v>
+        <v>829</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="H469" t="s">
-        <v>1732</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1733</v>
+        <v>1728</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1734</v>
+        <v>1729</v>
       </c>
       <c r="D470" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E470" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F470" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1735</v>
+        <v>1730</v>
       </c>
       <c r="H470" t="s">
-        <v>1736</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1737</v>
+        <v>1732</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1738</v>
+        <v>1733</v>
       </c>
       <c r="D471" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E471" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F471" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1739</v>
+        <v>1734</v>
       </c>
       <c r="H471" t="s">
-        <v>1740</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>1742</v>
+        <v>1737</v>
       </c>
       <c r="D472" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E472" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F472" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1743</v>
+        <v>1738</v>
       </c>
       <c r="H472" t="s">
-        <v>1744</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1745</v>
+        <v>1740</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>1746</v>
+        <v>1741</v>
       </c>
       <c r="D473" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E473" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F473" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1747</v>
+        <v>1742</v>
       </c>
       <c r="H473" t="s">
-        <v>1748</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1749</v>
+        <v>1744</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1750</v>
+        <v>1745</v>
       </c>
       <c r="D474" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E474" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F474" t="s">
-        <v>146</v>
+        <v>78</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1751</v>
+        <v>1746</v>
       </c>
       <c r="H474" t="s">
-        <v>1752</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1753</v>
+        <v>1748</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>1754</v>
+        <v>1749</v>
       </c>
       <c r="D475" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E475" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F475" t="s">
-        <v>163</v>
+        <v>78</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1755</v>
+        <v>1750</v>
       </c>
       <c r="H475" t="s">
-        <v>1756</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1757</v>
+        <v>1752</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1758</v>
+        <v>1753</v>
       </c>
       <c r="D476" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E476" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F476" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1759</v>
+        <v>1754</v>
       </c>
       <c r="H476" t="s">
-        <v>1760</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1761</v>
+        <v>1756</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>1762</v>
+        <v>1757</v>
       </c>
       <c r="D477" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E477" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F477" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1763</v>
+        <v>1758</v>
       </c>
       <c r="H477" t="s">
-        <v>1764</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1765</v>
+        <v>1760</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1766</v>
+        <v>1761</v>
       </c>
       <c r="D478" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E478" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F478" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1767</v>
+        <v>1762</v>
       </c>
       <c r="H478" t="s">
-        <v>1768</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1769</v>
+        <v>1764</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1770</v>
+        <v>1765</v>
       </c>
       <c r="D479" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E479" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F479" t="s">
-        <v>146</v>
+        <v>52</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1771</v>
+        <v>1766</v>
       </c>
       <c r="H479" t="s">
-        <v>1772</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1773</v>
+        <v>1768</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1774</v>
+        <v>1769</v>
       </c>
       <c r="D480" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E480" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F480" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1775</v>
+        <v>1770</v>
       </c>
       <c r="H480" t="s">
-        <v>1776</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1777</v>
+        <v>1772</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1778</v>
+        <v>1773</v>
       </c>
       <c r="D481" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E481" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F481" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1779</v>
+        <v>1774</v>
       </c>
       <c r="H481" t="s">
-        <v>1780</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1781</v>
+        <v>1776</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1782</v>
+        <v>1777</v>
       </c>
       <c r="D482" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E482" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F482" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1783</v>
+        <v>1778</v>
       </c>
       <c r="H482" t="s">
-        <v>1784</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1785</v>
+        <v>1780</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1786</v>
+        <v>1781</v>
       </c>
       <c r="D483" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E483" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F483" t="s">
-        <v>804</v>
+        <v>35</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1787</v>
+        <v>1782</v>
       </c>
       <c r="H483" t="s">
-        <v>1788</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1789</v>
+        <v>1784</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1790</v>
+        <v>1785</v>
       </c>
       <c r="D484" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E484" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F484" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1791</v>
+        <v>1786</v>
       </c>
       <c r="H484" t="s">
-        <v>1792</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1793</v>
+        <v>1788</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1794</v>
+        <v>1789</v>
       </c>
       <c r="D485" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E485" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F485" t="s">
-        <v>35</v>
+        <v>146</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1795</v>
+        <v>1790</v>
       </c>
       <c r="H485" t="s">
-        <v>1796</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1797</v>
+        <v>1792</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1798</v>
+        <v>1793</v>
       </c>
       <c r="D486" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E486" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F486" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1799</v>
+        <v>1794</v>
       </c>
       <c r="H486" t="s">
-        <v>1800</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1801</v>
+        <v>1796</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1802</v>
+        <v>1797</v>
       </c>
       <c r="D487" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E487" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F487" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1803</v>
+        <v>1798</v>
       </c>
       <c r="H487" t="s">
-        <v>1804</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1805</v>
+        <v>1800</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1806</v>
+        <v>1801</v>
       </c>
       <c r="D488" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E488" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F488" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1807</v>
+        <v>1802</v>
       </c>
       <c r="H488" t="s">
-        <v>1808</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1809</v>
+        <v>1804</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1810</v>
+        <v>1805</v>
       </c>
       <c r="D489" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E489" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F489" t="s">
-        <v>13</v>
+        <v>829</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1811</v>
+        <v>1806</v>
       </c>
       <c r="H489" t="s">
-        <v>1812</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1813</v>
+        <v>1808</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1814</v>
+        <v>1809</v>
       </c>
       <c r="D490" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E490" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F490" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1815</v>
+        <v>1810</v>
       </c>
       <c r="H490" t="s">
-        <v>1816</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1817</v>
+        <v>1812</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1818</v>
+        <v>1813</v>
       </c>
       <c r="D491" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E491" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F491" t="s">
-        <v>477</v>
+        <v>35</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1819</v>
+        <v>1814</v>
       </c>
       <c r="H491" t="s">
-        <v>1820</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1821</v>
+        <v>1816</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1822</v>
+        <v>1817</v>
       </c>
       <c r="D492" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E492" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F492" t="s">
-        <v>146</v>
+        <v>829</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1823</v>
+        <v>1818</v>
       </c>
       <c r="H492" t="s">
-        <v>1824</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1825</v>
+        <v>1820</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1826</v>
+        <v>1821</v>
       </c>
       <c r="D493" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E493" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F493" t="s">
-        <v>22</v>
+        <v>163</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1827</v>
+        <v>1822</v>
       </c>
       <c r="H493" t="s">
-        <v>1828</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1829</v>
+        <v>1824</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1830</v>
+        <v>1825</v>
       </c>
       <c r="D494" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E494" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F494" t="s">
         <v>22</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1831</v>
+        <v>1826</v>
       </c>
       <c r="H494" t="s">
-        <v>1832</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1833</v>
+        <v>1828</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1834</v>
+        <v>1829</v>
       </c>
       <c r="D495" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E495" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F495" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1835</v>
+        <v>1830</v>
       </c>
       <c r="H495" t="s">
-        <v>1836</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1837</v>
+        <v>1832</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1838</v>
+        <v>1833</v>
       </c>
       <c r="D496" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E496" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F496" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1839</v>
+        <v>1834</v>
       </c>
       <c r="H496" t="s">
-        <v>1840</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1841</v>
+        <v>1836</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1842</v>
+        <v>1837</v>
       </c>
       <c r="D497" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E497" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F497" t="s">
-        <v>146</v>
+        <v>477</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1843</v>
+        <v>1838</v>
       </c>
       <c r="H497" t="s">
-        <v>1844</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1845</v>
+        <v>1840</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1846</v>
+        <v>1841</v>
       </c>
       <c r="D498" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E498" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F498" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1847</v>
+        <v>1842</v>
       </c>
       <c r="H498" t="s">
-        <v>1848</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1849</v>
+        <v>1844</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1850</v>
+        <v>1845</v>
       </c>
       <c r="D499" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E499" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F499" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1851</v>
+        <v>1846</v>
       </c>
       <c r="H499" t="s">
-        <v>1852</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1853</v>
+        <v>1848</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1854</v>
+        <v>1849</v>
       </c>
       <c r="D500" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E500" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F500" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1855</v>
+        <v>1850</v>
       </c>
       <c r="H500" t="s">
-        <v>1856</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1857</v>
+        <v>1852</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1858</v>
+        <v>1853</v>
       </c>
       <c r="D501" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E501" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F501" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1859</v>
+        <v>1854</v>
       </c>
       <c r="H501" t="s">
-        <v>1860</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1861</v>
+        <v>1856</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1862</v>
+        <v>1857</v>
       </c>
       <c r="D502" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E502" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F502" t="s">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1863</v>
+        <v>1858</v>
       </c>
       <c r="H502" t="s">
-        <v>1864</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1865</v>
+        <v>1860</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1866</v>
+        <v>1861</v>
       </c>
       <c r="D503" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E503" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F503" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1867</v>
+        <v>1862</v>
       </c>
       <c r="H503" t="s">
-        <v>1868</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1869</v>
+        <v>1864</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1870</v>
+        <v>1865</v>
       </c>
       <c r="D504" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E504" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F504" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1871</v>
+        <v>1866</v>
       </c>
       <c r="H504" t="s">
-        <v>1872</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1873</v>
+        <v>1868</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1874</v>
+        <v>1869</v>
       </c>
       <c r="D505" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E505" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F505" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1875</v>
+        <v>1870</v>
       </c>
       <c r="H505" t="s">
-        <v>1876</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1877</v>
+        <v>1872</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1878</v>
+        <v>1873</v>
       </c>
       <c r="D506" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E506" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F506" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1879</v>
+        <v>1874</v>
       </c>
       <c r="H506" t="s">
-        <v>1880</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1881</v>
+        <v>1876</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1882</v>
+        <v>1877</v>
       </c>
       <c r="D507" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E507" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F507" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1883</v>
+        <v>1878</v>
       </c>
       <c r="H507" t="s">
-        <v>1884</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1885</v>
+        <v>1880</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1886</v>
+        <v>1881</v>
       </c>
       <c r="D508" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E508" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F508" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1887</v>
+        <v>1882</v>
       </c>
       <c r="H508" t="s">
-        <v>1888</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1889</v>
+        <v>1884</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1890</v>
+        <v>1885</v>
       </c>
       <c r="D509" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E509" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F509" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1891</v>
+        <v>1886</v>
       </c>
       <c r="H509" t="s">
-        <v>1892</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1893</v>
+        <v>1888</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1894</v>
+        <v>1889</v>
       </c>
       <c r="D510" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E510" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F510" t="s">
-        <v>104</v>
+        <v>57</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1895</v>
+        <v>1890</v>
       </c>
       <c r="H510" t="s">
-        <v>1896</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1897</v>
+        <v>1892</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1898</v>
+        <v>1893</v>
       </c>
       <c r="D511" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E511" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F511" t="s">
         <v>163</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1899</v>
+        <v>1894</v>
       </c>
       <c r="H511" t="s">
-        <v>1900</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1901</v>
+        <v>1896</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1902</v>
+        <v>1897</v>
       </c>
       <c r="D512" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E512" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F512" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1903</v>
+        <v>1898</v>
       </c>
       <c r="H512" t="s">
-        <v>1904</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1905</v>
+        <v>1900</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1906</v>
+        <v>1901</v>
       </c>
       <c r="D513" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E513" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F513" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1907</v>
+        <v>1902</v>
       </c>
       <c r="H513" t="s">
-        <v>1908</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1909</v>
+        <v>1904</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1910</v>
+        <v>1905</v>
       </c>
       <c r="D514" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E514" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F514" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1911</v>
+        <v>1906</v>
       </c>
       <c r="H514" t="s">
-        <v>1912</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1913</v>
+        <v>1908</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1914</v>
+        <v>1909</v>
       </c>
       <c r="D515" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E515" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F515" t="s">
-        <v>22</v>
+        <v>163</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1915</v>
+        <v>1910</v>
       </c>
       <c r="H515" t="s">
-        <v>1916</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1917</v>
+        <v>1912</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1918</v>
+        <v>1913</v>
       </c>
       <c r="D516" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E516" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F516" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1919</v>
+        <v>1914</v>
       </c>
       <c r="H516" t="s">
-        <v>1920</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1921</v>
+        <v>1916</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1922</v>
+        <v>1917</v>
       </c>
       <c r="D517" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E517" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F517" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1923</v>
+        <v>1918</v>
       </c>
       <c r="H517" t="s">
-        <v>1924</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1925</v>
+        <v>1920</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1926</v>
+        <v>1921</v>
       </c>
       <c r="D518" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E518" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F518" t="s">
-        <v>674</v>
+        <v>104</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1927</v>
+        <v>1922</v>
       </c>
       <c r="H518" t="s">
-        <v>1928</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1929</v>
+        <v>1924</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1930</v>
+        <v>1925</v>
       </c>
       <c r="D519" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E519" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F519" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1931</v>
+        <v>1926</v>
       </c>
       <c r="H519" t="s">
-        <v>1932</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1933</v>
+        <v>1928</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1934</v>
+        <v>1929</v>
       </c>
       <c r="D520" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E520" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F520" t="s">
-        <v>146</v>
+        <v>35</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1935</v>
+        <v>1930</v>
       </c>
       <c r="H520" t="s">
-        <v>1936</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1937</v>
+        <v>1932</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1938</v>
+        <v>1933</v>
       </c>
       <c r="D521" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E521" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F521" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1939</v>
+        <v>1934</v>
       </c>
       <c r="H521" t="s">
-        <v>1940</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1941</v>
+        <v>1936</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1942</v>
+        <v>1937</v>
       </c>
       <c r="D522" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E522" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F522" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1943</v>
+        <v>1938</v>
       </c>
       <c r="H522" t="s">
-        <v>1944</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1945</v>
+        <v>1940</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1946</v>
+        <v>1941</v>
       </c>
       <c r="D523" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E523" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F523" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1947</v>
+        <v>1942</v>
       </c>
       <c r="H523" t="s">
-        <v>1948</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1949</v>
+        <v>1944</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1950</v>
+        <v>1945</v>
       </c>
       <c r="D524" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E524" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F524" t="s">
-        <v>146</v>
+        <v>674</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1951</v>
+        <v>1946</v>
       </c>
       <c r="H524" t="s">
-        <v>1952</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1953</v>
+        <v>1948</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1954</v>
+        <v>1949</v>
       </c>
       <c r="D525" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E525" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F525" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1955</v>
+        <v>1950</v>
       </c>
       <c r="H525" t="s">
-        <v>1956</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1957</v>
+        <v>1952</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1958</v>
+        <v>1953</v>
       </c>
       <c r="D526" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E526" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F526" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1959</v>
+        <v>1954</v>
       </c>
       <c r="H526" t="s">
-        <v>1960</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1961</v>
+        <v>1956</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1962</v>
+        <v>1957</v>
       </c>
       <c r="D527" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E527" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F527" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1963</v>
+        <v>1958</v>
       </c>
       <c r="H527" t="s">
-        <v>1964</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1965</v>
+        <v>1960</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1966</v>
+        <v>1961</v>
       </c>
       <c r="D528" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E528" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F528" t="s">
-        <v>674</v>
+        <v>104</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1967</v>
+        <v>1962</v>
       </c>
       <c r="H528" t="s">
-        <v>1968</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1969</v>
+        <v>1964</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1970</v>
+        <v>1965</v>
       </c>
       <c r="D529" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E529" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F529" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1971</v>
+        <v>1966</v>
       </c>
       <c r="H529" t="s">
-        <v>1972</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1973</v>
+        <v>1968</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1974</v>
+        <v>1969</v>
       </c>
       <c r="D530" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E530" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F530" t="s">
-        <v>950</v>
+        <v>146</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1975</v>
+        <v>1970</v>
       </c>
       <c r="H530" t="s">
-        <v>1976</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1977</v>
+        <v>1972</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1978</v>
+        <v>1973</v>
       </c>
       <c r="D531" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E531" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F531" t="s">
-        <v>950</v>
+        <v>163</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1979</v>
+        <v>1974</v>
       </c>
       <c r="H531" t="s">
-        <v>1980</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1981</v>
+        <v>1976</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1982</v>
+        <v>1977</v>
       </c>
       <c r="D532" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E532" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F532" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1983</v>
+        <v>1978</v>
       </c>
       <c r="H532" t="s">
-        <v>1984</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1985</v>
+        <v>1980</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1986</v>
+        <v>1981</v>
       </c>
       <c r="D533" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E533" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F533" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1987</v>
+        <v>1982</v>
       </c>
       <c r="H533" t="s">
-        <v>1988</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1989</v>
+        <v>1984</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1990</v>
+        <v>1985</v>
       </c>
       <c r="D534" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E534" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F534" t="s">
-        <v>13</v>
+        <v>674</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1991</v>
+        <v>1986</v>
       </c>
       <c r="H534" t="s">
-        <v>1992</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1993</v>
+        <v>1988</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1994</v>
+        <v>1989</v>
       </c>
       <c r="D535" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E535" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F535" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="H535" t="s">
-        <v>1996</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="D536" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E536" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F536" t="s">
-        <v>22</v>
+        <v>975</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="H536" t="s">
-        <v>2000</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="D537" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E537" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F537" t="s">
-        <v>22</v>
+        <v>975</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="H537" t="s">
-        <v>2004</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="D538" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E538" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F538" t="s">
         <v>52</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="H538" t="s">
-        <v>2008</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="D539" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E539" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F539" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="H539" t="s">
-        <v>2012</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="D540" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E540" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F540" t="s">
         <v>13</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="H540" t="s">
-        <v>2016</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="D541" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E541" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F541" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="H541" t="s">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="D542" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E542" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F542" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="H542" t="s">
-        <v>2024</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2026</v>
+        <v>2021</v>
       </c>
       <c r="D543" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E543" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F543" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2027</v>
+        <v>2022</v>
       </c>
       <c r="H543" t="s">
-        <v>2028</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2029</v>
+        <v>2024</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2030</v>
+        <v>2025</v>
       </c>
       <c r="D544" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E544" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F544" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2031</v>
+        <v>2026</v>
       </c>
       <c r="H544" t="s">
-        <v>2032</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2033</v>
+        <v>2028</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>2034</v>
+        <v>2029</v>
       </c>
       <c r="D545" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E545" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F545" t="s">
-        <v>477</v>
+        <v>13</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2035</v>
+        <v>2030</v>
       </c>
       <c r="H545" t="s">
-        <v>2036</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2037</v>
+        <v>2032</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>2038</v>
+        <v>2033</v>
       </c>
       <c r="D546" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E546" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F546" t="s">
-        <v>477</v>
+        <v>13</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2039</v>
+        <v>2034</v>
       </c>
       <c r="H546" t="s">
-        <v>2040</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2041</v>
+        <v>2036</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>2042</v>
+        <v>2037</v>
       </c>
       <c r="D547" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E547" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F547" t="s">
-        <v>78</v>
+        <v>829</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2043</v>
+        <v>2038</v>
       </c>
       <c r="H547" t="s">
-        <v>2044</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2045</v>
+        <v>2040</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>2046</v>
+        <v>2041</v>
       </c>
       <c r="D548" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E548" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F548" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2047</v>
+        <v>2042</v>
       </c>
       <c r="H548" t="s">
-        <v>2048</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2049</v>
+        <v>2044</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2050</v>
+        <v>2045</v>
       </c>
       <c r="D549" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E549" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F549" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2051</v>
+        <v>2046</v>
       </c>
       <c r="H549" t="s">
-        <v>2052</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2053</v>
+        <v>2048</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2054</v>
+        <v>2049</v>
       </c>
       <c r="D550" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E550" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F550" t="s">
-        <v>163</v>
+        <v>35</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2055</v>
+        <v>2050</v>
       </c>
       <c r="H550" t="s">
-        <v>2056</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2057</v>
+        <v>2052</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2058</v>
+        <v>2053</v>
       </c>
       <c r="D551" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E551" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F551" t="s">
-        <v>163</v>
+        <v>477</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2059</v>
+        <v>2054</v>
       </c>
       <c r="H551" t="s">
-        <v>2060</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2061</v>
+        <v>2056</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2062</v>
+        <v>2057</v>
       </c>
       <c r="D552" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E552" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F552" t="s">
-        <v>22</v>
+        <v>477</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2063</v>
+        <v>2058</v>
       </c>
       <c r="H552" t="s">
-        <v>2064</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2065</v>
+        <v>2060</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2066</v>
+        <v>2061</v>
       </c>
       <c r="D553" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E553" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F553" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2067</v>
+        <v>2062</v>
       </c>
       <c r="H553" t="s">
-        <v>2068</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2069</v>
+        <v>2064</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>2070</v>
+        <v>2065</v>
       </c>
       <c r="D554" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E554" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F554" t="s">
-        <v>950</v>
+        <v>13</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2071</v>
+        <v>2066</v>
       </c>
       <c r="H554" t="s">
-        <v>2072</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2073</v>
+        <v>2068</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2074</v>
+        <v>2069</v>
       </c>
       <c r="D555" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E555" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F555" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2075</v>
+        <v>2070</v>
       </c>
       <c r="H555" t="s">
-        <v>2076</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2077</v>
+        <v>2072</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2078</v>
+        <v>2073</v>
       </c>
       <c r="D556" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E556" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F556" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2079</v>
+        <v>2074</v>
       </c>
       <c r="H556" t="s">
-        <v>2080</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2081</v>
+        <v>2076</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>2082</v>
+        <v>2077</v>
       </c>
       <c r="D557" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E557" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F557" t="s">
-        <v>104</v>
+        <v>163</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2083</v>
+        <v>2078</v>
       </c>
       <c r="H557" t="s">
-        <v>2084</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2085</v>
+        <v>2080</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2086</v>
+        <v>2081</v>
       </c>
       <c r="D558" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E558" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F558" t="s">
         <v>22</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2087</v>
+        <v>2082</v>
       </c>
       <c r="H558" t="s">
-        <v>2088</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2089</v>
+        <v>2084</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2090</v>
+        <v>2085</v>
       </c>
       <c r="D559" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E559" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F559" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2091</v>
+        <v>2086</v>
       </c>
       <c r="H559" t="s">
-        <v>2092</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2093</v>
+        <v>2088</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2094</v>
+        <v>2089</v>
       </c>
       <c r="D560" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E560" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F560" t="s">
-        <v>57</v>
+        <v>975</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2095</v>
+        <v>2090</v>
       </c>
       <c r="H560" t="s">
-        <v>2096</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2097</v>
+        <v>2092</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2098</v>
+        <v>2093</v>
       </c>
       <c r="D561" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E561" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F561" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2099</v>
+        <v>2094</v>
       </c>
       <c r="H561" t="s">
-        <v>2100</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2101</v>
+        <v>2096</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2102</v>
+        <v>2097</v>
       </c>
       <c r="D562" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E562" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F562" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2103</v>
+        <v>2098</v>
       </c>
       <c r="H562" t="s">
-        <v>2104</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2105</v>
+        <v>2100</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>2106</v>
+        <v>2101</v>
       </c>
       <c r="D563" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E563" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F563" t="s">
-        <v>804</v>
+        <v>104</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2107</v>
+        <v>2102</v>
       </c>
       <c r="H563" t="s">
-        <v>2108</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2109</v>
+        <v>2104</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>2110</v>
+        <v>2105</v>
       </c>
       <c r="D564" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E564" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F564" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2111</v>
+        <v>2106</v>
       </c>
       <c r="H564" t="s">
-        <v>2112</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2113</v>
+        <v>2108</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>2114</v>
+        <v>2109</v>
       </c>
       <c r="D565" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E565" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F565" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2115</v>
+        <v>2110</v>
       </c>
       <c r="H565" t="s">
-        <v>2116</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2117</v>
+        <v>2112</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>2118</v>
+        <v>2113</v>
       </c>
       <c r="D566" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E566" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F566" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2119</v>
+        <v>2114</v>
       </c>
       <c r="H566" t="s">
-        <v>2120</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2121</v>
+        <v>2116</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>2122</v>
+        <v>2117</v>
       </c>
       <c r="D567" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E567" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F567" t="s">
         <v>13</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2123</v>
+        <v>2118</v>
       </c>
       <c r="H567" t="s">
-        <v>2124</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2125</v>
+        <v>2120</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>2126</v>
+        <v>2121</v>
       </c>
       <c r="D568" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E568" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F568" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2127</v>
+        <v>2122</v>
       </c>
       <c r="H568" t="s">
-        <v>2128</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2129</v>
+        <v>2124</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>2130</v>
+        <v>2125</v>
       </c>
       <c r="D569" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E569" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F569" t="s">
-        <v>22</v>
+        <v>829</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2131</v>
+        <v>2126</v>
       </c>
       <c r="H569" t="s">
-        <v>2132</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2133</v>
+        <v>2128</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>2134</v>
+        <v>2129</v>
       </c>
       <c r="D570" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E570" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F570" t="s">
-        <v>950</v>
+        <v>163</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2135</v>
+        <v>2130</v>
       </c>
       <c r="H570" t="s">
-        <v>2136</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2137</v>
+        <v>2132</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>2138</v>
+        <v>2133</v>
       </c>
       <c r="D571" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E571" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F571" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2139</v>
+        <v>2134</v>
       </c>
       <c r="H571" t="s">
-        <v>2140</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2141</v>
+        <v>2136</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2142</v>
+        <v>2137</v>
       </c>
       <c r="D572" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E572" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F572" t="s">
-        <v>950</v>
+        <v>52</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2143</v>
+        <v>2138</v>
       </c>
       <c r="H572" t="s">
-        <v>2144</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2145</v>
+        <v>2140</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>2146</v>
+        <v>2141</v>
       </c>
       <c r="D573" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E573" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F573" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2147</v>
+        <v>2142</v>
       </c>
       <c r="H573" t="s">
-        <v>2148</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2149</v>
+        <v>2144</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>2150</v>
+        <v>2145</v>
       </c>
       <c r="D574" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E574" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F574" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2151</v>
+        <v>2146</v>
       </c>
       <c r="H574" t="s">
-        <v>2152</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2153</v>
+        <v>2148</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2154</v>
+        <v>2149</v>
       </c>
       <c r="D575" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E575" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F575" t="s">
-        <v>804</v>
+        <v>22</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2155</v>
+        <v>2150</v>
       </c>
       <c r="H575" t="s">
-        <v>2156</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2157</v>
+        <v>2152</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2158</v>
+        <v>2153</v>
       </c>
       <c r="D576" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E576" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F576" t="s">
-        <v>950</v>
+        <v>975</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2159</v>
+        <v>2154</v>
       </c>
       <c r="H576" t="s">
-        <v>2160</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2161</v>
+        <v>2156</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2162</v>
+        <v>2157</v>
       </c>
       <c r="D577" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E577" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F577" t="s">
         <v>22</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2163</v>
+        <v>2158</v>
       </c>
       <c r="H577" t="s">
-        <v>2164</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2165</v>
+        <v>2160</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2166</v>
+        <v>2161</v>
       </c>
       <c r="D578" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E578" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F578" t="s">
-        <v>57</v>
+        <v>975</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2167</v>
+        <v>2162</v>
       </c>
       <c r="H578" t="s">
-        <v>2168</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2169</v>
+        <v>2164</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>2170</v>
+        <v>2165</v>
       </c>
       <c r="D579" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E579" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F579" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2171</v>
+        <v>2166</v>
       </c>
       <c r="H579" t="s">
-        <v>2172</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2173</v>
+        <v>2168</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>2174</v>
+        <v>2169</v>
       </c>
       <c r="D580" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E580" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F580" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2175</v>
+        <v>2170</v>
       </c>
       <c r="H580" t="s">
-        <v>2176</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2177</v>
+        <v>2172</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>2178</v>
+        <v>2173</v>
       </c>
       <c r="D581" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E581" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F581" t="s">
-        <v>477</v>
+        <v>829</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2179</v>
+        <v>2174</v>
       </c>
       <c r="H581" t="s">
-        <v>2180</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2181</v>
+        <v>2176</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>2182</v>
+        <v>2177</v>
       </c>
       <c r="D582" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E582" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F582" t="s">
-        <v>22</v>
+        <v>975</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2183</v>
+        <v>2178</v>
       </c>
       <c r="H582" t="s">
-        <v>2184</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2185</v>
+        <v>2180</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>2186</v>
+        <v>2181</v>
       </c>
       <c r="D583" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E583" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F583" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2187</v>
+        <v>2182</v>
       </c>
       <c r="H583" t="s">
-        <v>2188</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2189</v>
+        <v>2184</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>2190</v>
+        <v>2185</v>
       </c>
       <c r="D584" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E584" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F584" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2191</v>
+        <v>2186</v>
       </c>
       <c r="H584" t="s">
-        <v>2192</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2193</v>
+        <v>2188</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>2194</v>
+        <v>2189</v>
       </c>
       <c r="D585" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E585" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F585" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2195</v>
+        <v>2190</v>
       </c>
       <c r="H585" t="s">
-        <v>2196</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2197</v>
+        <v>2192</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>2198</v>
+        <v>2193</v>
       </c>
       <c r="D586" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E586" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F586" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2199</v>
+        <v>2194</v>
       </c>
       <c r="H586" t="s">
-        <v>2200</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2201</v>
+        <v>2196</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>2202</v>
+        <v>2197</v>
       </c>
       <c r="D587" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E587" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F587" t="s">
-        <v>146</v>
+        <v>477</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2203</v>
+        <v>2198</v>
       </c>
       <c r="H587" t="s">
-        <v>2204</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2205</v>
+        <v>2200</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>2206</v>
+        <v>2201</v>
       </c>
       <c r="D588" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E588" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F588" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2207</v>
+        <v>2202</v>
       </c>
       <c r="H588" t="s">
-        <v>2208</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2209</v>
+        <v>2204</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>2210</v>
+        <v>2205</v>
       </c>
       <c r="D589" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E589" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F589" t="s">
-        <v>104</v>
+        <v>163</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2211</v>
+        <v>2206</v>
       </c>
       <c r="H589" t="s">
-        <v>2212</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2213</v>
+        <v>2208</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>2214</v>
+        <v>2209</v>
       </c>
       <c r="D590" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E590" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F590" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2215</v>
+        <v>2210</v>
       </c>
       <c r="H590" t="s">
-        <v>2216</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2217</v>
+        <v>2212</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>2218</v>
+        <v>2213</v>
       </c>
       <c r="D591" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E591" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F591" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2219</v>
+        <v>2214</v>
       </c>
       <c r="H591" t="s">
-        <v>2220</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2221</v>
+        <v>2216</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>2222</v>
+        <v>2217</v>
       </c>
       <c r="D592" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E592" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F592" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2223</v>
+        <v>2218</v>
       </c>
       <c r="H592" t="s">
-        <v>2224</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2225</v>
+        <v>2220</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2226</v>
+        <v>2221</v>
       </c>
       <c r="D593" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E593" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F593" t="s">
-        <v>477</v>
+        <v>146</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2227</v>
+        <v>2222</v>
       </c>
       <c r="H593" t="s">
-        <v>2228</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2229</v>
+        <v>2224</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>2230</v>
+        <v>2225</v>
       </c>
       <c r="D594" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E594" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F594" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2231</v>
+        <v>2226</v>
       </c>
       <c r="H594" t="s">
-        <v>2232</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2233</v>
+        <v>2228</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>2234</v>
+        <v>2229</v>
       </c>
       <c r="D595" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E595" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F595" t="s">
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2235</v>
+        <v>2230</v>
       </c>
       <c r="H595" t="s">
-        <v>2236</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2237</v>
+        <v>2232</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2238</v>
+        <v>2233</v>
       </c>
       <c r="D596" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E596" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F596" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2239</v>
+        <v>2234</v>
       </c>
       <c r="H596" t="s">
-        <v>2240</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2241</v>
+        <v>2236</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>2242</v>
+        <v>2237</v>
       </c>
       <c r="D597" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E597" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F597" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2243</v>
+        <v>2238</v>
       </c>
       <c r="H597" t="s">
-        <v>2244</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2245</v>
+        <v>2240</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>2246</v>
+        <v>2241</v>
       </c>
       <c r="D598" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E598" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F598" t="s">
-        <v>22</v>
+        <v>104</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2247</v>
+        <v>2242</v>
       </c>
       <c r="H598" t="s">
-        <v>2248</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2249</v>
+        <v>2244</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>2250</v>
+        <v>2245</v>
       </c>
       <c r="D599" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E599" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F599" t="s">
-        <v>13</v>
+        <v>477</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2251</v>
+        <v>2246</v>
       </c>
       <c r="H599" t="s">
-        <v>2252</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2253</v>
+        <v>2248</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>2254</v>
+        <v>2249</v>
       </c>
       <c r="D600" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E600" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F600" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2255</v>
+        <v>2250</v>
       </c>
       <c r="H600" t="s">
-        <v>2256</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2257</v>
+        <v>2252</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>2258</v>
+        <v>2253</v>
       </c>
       <c r="D601" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E601" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F601" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2259</v>
+        <v>2254</v>
       </c>
       <c r="H601" t="s">
-        <v>2260</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2261</v>
+        <v>2256</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>2262</v>
+        <v>2257</v>
       </c>
       <c r="D602" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E602" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F602" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2263</v>
+        <v>2258</v>
       </c>
       <c r="H602" t="s">
-        <v>2264</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2265</v>
+        <v>2260</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>2266</v>
+        <v>2261</v>
       </c>
       <c r="D603" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E603" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F603" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2267</v>
+        <v>2262</v>
       </c>
       <c r="H603" t="s">
-        <v>2268</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2269</v>
+        <v>2264</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>2270</v>
+        <v>2265</v>
       </c>
       <c r="D604" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E604" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F604" t="s">
         <v>22</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2271</v>
+        <v>2266</v>
       </c>
       <c r="H604" t="s">
-        <v>2272</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2273</v>
+        <v>2268</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>2274</v>
+        <v>2269</v>
       </c>
       <c r="D605" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E605" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F605" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2275</v>
+        <v>2270</v>
       </c>
       <c r="H605" t="s">
-        <v>2276</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2277</v>
+        <v>2272</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>2278</v>
+        <v>2273</v>
       </c>
       <c r="D606" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E606" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F606" t="s">
-        <v>477</v>
+        <v>13</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2279</v>
+        <v>2274</v>
       </c>
       <c r="H606" t="s">
-        <v>2280</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2281</v>
+        <v>2276</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>2282</v>
+        <v>2277</v>
       </c>
       <c r="D607" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E607" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F607" t="s">
-        <v>477</v>
+        <v>104</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2283</v>
+        <v>2278</v>
       </c>
       <c r="H607" t="s">
-        <v>2284</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2285</v>
+        <v>2280</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>2286</v>
+        <v>2281</v>
       </c>
       <c r="D608" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E608" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F608" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2287</v>
+        <v>2282</v>
       </c>
       <c r="H608" t="s">
-        <v>2288</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2289</v>
+        <v>2284</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>2290</v>
+        <v>2285</v>
       </c>
       <c r="D609" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E609" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F609" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2291</v>
+        <v>2286</v>
       </c>
       <c r="H609" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2293</v>
+        <v>2288</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>2294</v>
+        <v>2289</v>
       </c>
       <c r="D610" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E610" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F610" t="s">
-        <v>2295</v>
+        <v>22</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2296</v>
+        <v>2290</v>
       </c>
       <c r="H610" t="s">
-        <v>2297</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2298</v>
+        <v>2292</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>2299</v>
+        <v>2293</v>
       </c>
       <c r="D611" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E611" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F611" t="s">
-        <v>950</v>
+        <v>829</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2300</v>
+        <v>2294</v>
       </c>
       <c r="H611" t="s">
-        <v>2301</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2302</v>
+        <v>2296</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>2303</v>
+        <v>2297</v>
       </c>
       <c r="D612" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E612" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F612" t="s">
-        <v>146</v>
+        <v>477</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2304</v>
+        <v>2298</v>
       </c>
       <c r="H612" t="s">
-        <v>2305</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2306</v>
+        <v>2300</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>2307</v>
+        <v>2301</v>
       </c>
       <c r="D613" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E613" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F613" t="s">
-        <v>35</v>
+        <v>477</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2308</v>
+        <v>2302</v>
       </c>
       <c r="H613" t="s">
-        <v>2309</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2310</v>
+        <v>2304</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>2311</v>
+        <v>2305</v>
       </c>
       <c r="D614" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E614" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F614" t="s">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2312</v>
+        <v>2306</v>
       </c>
       <c r="H614" t="s">
-        <v>2313</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2314</v>
+        <v>2308</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>2315</v>
+        <v>2309</v>
       </c>
       <c r="D615" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E615" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F615" t="s">
         <v>13</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2316</v>
+        <v>2310</v>
       </c>
       <c r="H615" t="s">
-        <v>2317</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2318</v>
+        <v>2312</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>2319</v>
+        <v>2313</v>
       </c>
       <c r="D616" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E616" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F616" t="s">
-        <v>57</v>
+        <v>2314</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2320</v>
+        <v>2315</v>
       </c>
       <c r="H616" t="s">
-        <v>2321</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2322</v>
+        <v>2317</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="D617" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E617" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F617" t="s">
-        <v>57</v>
+        <v>975</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2324</v>
+        <v>2319</v>
       </c>
       <c r="H617" t="s">
-        <v>2325</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2326</v>
+        <v>2321</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>2327</v>
+        <v>2322</v>
       </c>
       <c r="D618" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E618" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F618" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2328</v>
+        <v>2323</v>
       </c>
       <c r="H618" t="s">
-        <v>2329</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2330</v>
+        <v>2325</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>2331</v>
+        <v>2326</v>
       </c>
       <c r="D619" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E619" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F619" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2332</v>
+        <v>2327</v>
       </c>
       <c r="H619" t="s">
-        <v>2333</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2334</v>
+        <v>2329</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>2335</v>
+        <v>2330</v>
       </c>
       <c r="D620" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E620" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F620" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2336</v>
+        <v>2331</v>
       </c>
       <c r="H620" t="s">
-        <v>2337</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2338</v>
+        <v>2333</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>2339</v>
+        <v>2334</v>
       </c>
       <c r="D621" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E621" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F621" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2340</v>
+        <v>2335</v>
       </c>
       <c r="H621" t="s">
-        <v>2341</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2342</v>
+        <v>2337</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>2343</v>
+        <v>2338</v>
       </c>
       <c r="D622" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E622" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F622" t="s">
-        <v>163</v>
+        <v>57</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2344</v>
+        <v>2339</v>
       </c>
       <c r="H622" t="s">
-        <v>2345</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2346</v>
+        <v>2341</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>2347</v>
+        <v>2342</v>
       </c>
       <c r="D623" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E623" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F623" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2348</v>
+        <v>2343</v>
       </c>
       <c r="H623" t="s">
-        <v>2349</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2350</v>
+        <v>2345</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>2351</v>
+        <v>2346</v>
       </c>
       <c r="D624" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E624" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F624" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2352</v>
+        <v>2347</v>
       </c>
       <c r="H624" t="s">
-        <v>2353</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2354</v>
+        <v>2349</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>2355</v>
+        <v>2350</v>
       </c>
       <c r="D625" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E625" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F625" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2356</v>
+        <v>2351</v>
       </c>
       <c r="H625" t="s">
-        <v>2357</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2358</v>
+        <v>2353</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>2359</v>
+        <v>2354</v>
       </c>
       <c r="D626" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E626" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F626" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2360</v>
+        <v>2355</v>
       </c>
       <c r="H626" t="s">
-        <v>2361</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2362</v>
+        <v>2357</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>2363</v>
+        <v>2358</v>
       </c>
       <c r="D627" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E627" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F627" t="s">
-        <v>35</v>
+        <v>163</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2364</v>
+        <v>2359</v>
       </c>
       <c r="H627" t="s">
-        <v>2365</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2366</v>
+        <v>2361</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>2367</v>
+        <v>2362</v>
       </c>
       <c r="D628" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E628" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F628" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2368</v>
+        <v>2363</v>
       </c>
       <c r="H628" t="s">
-        <v>2369</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2370</v>
+        <v>2365</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>2371</v>
+        <v>2366</v>
       </c>
       <c r="D629" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E629" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F629" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2372</v>
+        <v>2367</v>
       </c>
       <c r="H629" t="s">
-        <v>2373</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2374</v>
+        <v>2369</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>2375</v>
+        <v>2370</v>
       </c>
       <c r="D630" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E630" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F630" t="s">
-        <v>104</v>
+        <v>78</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2376</v>
+        <v>2371</v>
       </c>
       <c r="H630" t="s">
-        <v>2377</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2378</v>
+        <v>2373</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>2379</v>
+        <v>2374</v>
       </c>
       <c r="D631" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E631" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F631" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2380</v>
+        <v>2375</v>
       </c>
       <c r="H631" t="s">
-        <v>2381</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2382</v>
+        <v>2377</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>2383</v>
+        <v>2378</v>
       </c>
       <c r="D632" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E632" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F632" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2384</v>
+        <v>2379</v>
       </c>
       <c r="H632" t="s">
-        <v>2385</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2386</v>
+        <v>2381</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>2387</v>
+        <v>2382</v>
       </c>
       <c r="D633" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E633" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F633" t="s">
-        <v>477</v>
+        <v>35</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2388</v>
+        <v>2383</v>
       </c>
       <c r="H633" t="s">
-        <v>2389</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2390</v>
+        <v>2385</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>2391</v>
+        <v>2386</v>
       </c>
       <c r="D634" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E634" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F634" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2392</v>
+        <v>2387</v>
       </c>
       <c r="H634" t="s">
-        <v>2393</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2394</v>
+        <v>2389</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>2395</v>
+        <v>2390</v>
       </c>
       <c r="D635" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E635" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F635" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2396</v>
+        <v>2391</v>
       </c>
       <c r="H635" t="s">
-        <v>2397</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2398</v>
+        <v>2393</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>2399</v>
+        <v>2394</v>
       </c>
       <c r="D636" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E636" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F636" t="s">
-        <v>477</v>
+        <v>104</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2400</v>
+        <v>2395</v>
       </c>
       <c r="H636" t="s">
-        <v>2401</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2402</v>
+        <v>2397</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>2403</v>
+        <v>2398</v>
       </c>
       <c r="D637" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E637" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F637" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2404</v>
+        <v>2399</v>
       </c>
       <c r="H637" t="s">
-        <v>2405</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2406</v>
+        <v>2401</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>2407</v>
+        <v>2402</v>
       </c>
       <c r="D638" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E638" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F638" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2408</v>
+        <v>2403</v>
       </c>
       <c r="H638" t="s">
-        <v>2409</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2410</v>
+        <v>2405</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>2411</v>
+        <v>2406</v>
       </c>
       <c r="D639" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E639" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F639" t="s">
-        <v>146</v>
+        <v>477</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2412</v>
+        <v>2407</v>
       </c>
       <c r="H639" t="s">
-        <v>2413</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2414</v>
+        <v>2409</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>2415</v>
+        <v>2410</v>
       </c>
       <c r="D640" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E640" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F640" t="s">
-        <v>477</v>
+        <v>22</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2416</v>
+        <v>2411</v>
       </c>
       <c r="H640" t="s">
-        <v>2417</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2418</v>
+        <v>2413</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>2419</v>
+        <v>2414</v>
       </c>
       <c r="D641" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E641" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F641" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2420</v>
+        <v>2415</v>
       </c>
       <c r="H641" t="s">
-        <v>2421</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2422</v>
+        <v>2417</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>2423</v>
+        <v>2418</v>
       </c>
       <c r="D642" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E642" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F642" t="s">
-        <v>52</v>
+        <v>477</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2424</v>
+        <v>2419</v>
       </c>
       <c r="H642" t="s">
-        <v>2425</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2426</v>
+        <v>2421</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>2427</v>
+        <v>2422</v>
       </c>
       <c r="D643" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E643" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F643" t="s">
-        <v>104</v>
+        <v>829</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2428</v>
+        <v>2423</v>
       </c>
       <c r="H643" t="s">
-        <v>2429</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2430</v>
+        <v>2425</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>2431</v>
+        <v>2426</v>
       </c>
       <c r="D644" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E644" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F644" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2432</v>
+        <v>2427</v>
       </c>
       <c r="H644" t="s">
-        <v>2433</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2434</v>
+        <v>2429</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>2435</v>
+        <v>2430</v>
       </c>
       <c r="D645" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E645" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F645" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2436</v>
+        <v>2431</v>
       </c>
       <c r="H645" t="s">
-        <v>2437</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2438</v>
+        <v>2433</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>2439</v>
+        <v>2434</v>
       </c>
       <c r="D646" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E646" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F646" t="s">
-        <v>22</v>
+        <v>477</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
       <c r="H646" t="s">
-        <v>2441</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2442</v>
+        <v>2437</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>2443</v>
+        <v>2438</v>
       </c>
       <c r="D647" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E647" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F647" t="s">
-        <v>163</v>
+        <v>35</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2444</v>
+        <v>2439</v>
       </c>
       <c r="H647" t="s">
-        <v>2445</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2446</v>
+        <v>2441</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>2447</v>
+        <v>2442</v>
       </c>
       <c r="D648" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E648" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F648" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2448</v>
+        <v>2443</v>
       </c>
       <c r="H648" t="s">
-        <v>2449</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2450</v>
+        <v>2445</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>2451</v>
+        <v>2446</v>
       </c>
       <c r="D649" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E649" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F649" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2452</v>
+        <v>2447</v>
       </c>
       <c r="H649" t="s">
-        <v>2453</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2454</v>
+        <v>2449</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>2455</v>
+        <v>2450</v>
       </c>
       <c r="D650" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E650" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F650" t="s">
-        <v>52</v>
+        <v>163</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2456</v>
+        <v>2451</v>
       </c>
       <c r="H650" t="s">
-        <v>2457</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2458</v>
+        <v>2453</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>2459</v>
+        <v>2454</v>
       </c>
       <c r="D651" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E651" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F651" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2460</v>
+        <v>2455</v>
       </c>
       <c r="H651" t="s">
-        <v>2461</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2462</v>
+        <v>2457</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>2463</v>
+        <v>2458</v>
       </c>
       <c r="D652" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E652" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F652" t="s">
-        <v>804</v>
+        <v>22</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2464</v>
+        <v>2459</v>
       </c>
       <c r="H652" t="s">
-        <v>2465</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2466</v>
+        <v>2461</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>2467</v>
+        <v>2462</v>
       </c>
       <c r="D653" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E653" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F653" t="s">
-        <v>35</v>
+        <v>163</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2468</v>
+        <v>2463</v>
       </c>
       <c r="H653" t="s">
-        <v>2469</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2470</v>
+        <v>2465</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>2471</v>
+        <v>2466</v>
       </c>
       <c r="D654" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E654" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F654" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2472</v>
+        <v>2467</v>
       </c>
       <c r="H654" t="s">
-        <v>2473</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2474</v>
+        <v>2469</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>2475</v>
+        <v>2470</v>
       </c>
       <c r="D655" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E655" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F655" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2476</v>
+        <v>2471</v>
       </c>
       <c r="H655" t="s">
-        <v>2477</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2478</v>
+        <v>2473</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>2479</v>
+        <v>2474</v>
       </c>
       <c r="D656" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E656" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F656" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2480</v>
+        <v>2475</v>
       </c>
       <c r="H656" t="s">
-        <v>2481</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2482</v>
+        <v>2477</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>2483</v>
+        <v>2478</v>
       </c>
       <c r="D657" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E657" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F657" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2484</v>
+        <v>2479</v>
       </c>
       <c r="H657" t="s">
-        <v>2485</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2486</v>
+        <v>2481</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>2487</v>
+        <v>2482</v>
       </c>
       <c r="D658" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="E658" t="s">
-        <v>785</v>
+        <v>810</v>
       </c>
       <c r="F658" t="s">
-        <v>950</v>
+        <v>829</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2488</v>
+        <v>2483</v>
       </c>
       <c r="H658" t="s">
-        <v>2489</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2490</v>
+        <v>2485</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>783</v>
+        <v>2486</v>
       </c>
       <c r="D659" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E659" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F659" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2493</v>
+        <v>2487</v>
       </c>
       <c r="H659" t="s">
-        <v>2494</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2495</v>
+        <v>2489</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>10</v>
+        <v>2490</v>
       </c>
       <c r="D660" t="s">
+        <v>809</v>
+      </c>
+      <c r="E660" t="s">
+        <v>810</v>
+      </c>
+      <c r="F660" t="s">
+        <v>35</v>
+      </c>
+      <c r="G660" s="1" t="s">
         <v>2491</v>
       </c>
-      <c r="E660" t="s">
+      <c r="H660" t="s">
         <v>2492</v>
-      </c>
-[...7 lines deleted...]
-        <v>2497</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2498</v>
+        <v>2493</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>17</v>
+        <v>2494</v>
       </c>
       <c r="D661" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E661" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F661" t="s">
-        <v>2499</v>
+        <v>57</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2500</v>
+        <v>2495</v>
       </c>
       <c r="H661" t="s">
-        <v>2501</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2502</v>
+        <v>2497</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>21</v>
+        <v>2498</v>
       </c>
       <c r="D662" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E662" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F662" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2503</v>
+        <v>2499</v>
       </c>
       <c r="H662" t="s">
-        <v>2504</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2505</v>
+        <v>2501</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>26</v>
+        <v>2502</v>
       </c>
       <c r="D663" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E663" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F663" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>74</v>
+        <v>2503</v>
       </c>
       <c r="H663" t="s">
-        <v>2506</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D664" t="s">
+        <v>809</v>
+      </c>
+      <c r="E664" t="s">
+        <v>810</v>
+      </c>
+      <c r="F664" t="s">
+        <v>975</v>
+      </c>
+      <c r="G664" s="1" t="s">
         <v>2507</v>
       </c>
-      <c r="B664" t="s">
-[...14 lines deleted...]
-      <c r="G664" s="1" t="s">
+      <c r="H664" t="s">
         <v>2508</v>
-      </c>
-[...1 lines deleted...]
-        <v>2509</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
         <v>2510</v>
       </c>
-      <c r="B665" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D665" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E665" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F665" t="s">
-        <v>950</v>
+        <v>13</v>
       </c>
       <c r="G665" s="1" t="s">
         <v>2511</v>
       </c>
       <c r="H665" t="s">
         <v>2512</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>2513</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>39</v>
+        <v>2514</v>
       </c>
       <c r="D666" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E666" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F666" t="s">
-        <v>78</v>
+        <v>163</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="H666" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>811</v>
+        <v>2518</v>
       </c>
       <c r="D667" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E667" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F667" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
       <c r="H667" t="s">
-        <v>2518</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2519</v>
+        <v>2521</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>43</v>
+        <v>2522</v>
       </c>
       <c r="D668" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E668" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F668" t="s">
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2520</v>
+        <v>2523</v>
       </c>
       <c r="H668" t="s">
-        <v>2521</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2522</v>
+        <v>2525</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>47</v>
+        <v>2526</v>
       </c>
       <c r="D669" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E669" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F669" t="s">
-        <v>146</v>
+        <v>52</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2523</v>
+        <v>2527</v>
       </c>
       <c r="H669" t="s">
-        <v>2524</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2525</v>
+        <v>2529</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>56</v>
+        <v>2530</v>
       </c>
       <c r="D670" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E670" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F670" t="s">
-        <v>950</v>
+        <v>163</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>74</v>
+        <v>2531</v>
       </c>
       <c r="H670" t="s">
-        <v>2526</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2527</v>
+        <v>2533</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>65</v>
+        <v>2534</v>
       </c>
       <c r="D671" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E671" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F671" t="s">
-        <v>2528</v>
+        <v>35</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2529</v>
+        <v>2535</v>
       </c>
       <c r="H671" t="s">
-        <v>2530</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2531</v>
+        <v>2537</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>830</v>
+        <v>2538</v>
       </c>
       <c r="D672" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E672" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F672" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2532</v>
+        <v>2539</v>
       </c>
       <c r="H672" t="s">
-        <v>2533</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2534</v>
+        <v>2541</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>69</v>
+        <v>2542</v>
       </c>
       <c r="D673" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E673" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F673" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2535</v>
+        <v>2543</v>
       </c>
       <c r="H673" t="s">
-        <v>2536</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2537</v>
+        <v>2545</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>73</v>
+        <v>2546</v>
       </c>
       <c r="D674" t="s">
-        <v>2491</v>
+        <v>809</v>
       </c>
       <c r="E674" t="s">
-        <v>2492</v>
+        <v>810</v>
       </c>
       <c r="F674" t="s">
-        <v>78</v>
+        <v>975</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2538</v>
+        <v>2547</v>
       </c>
       <c r="H674" t="s">
-        <v>2539</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2540</v>
+        <v>2549</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>77</v>
+        <v>808</v>
       </c>
       <c r="D675" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E675" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F675" t="s">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2541</v>
+        <v>2552</v>
       </c>
       <c r="H675" t="s">
-        <v>2542</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2543</v>
+        <v>2554</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="D676" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E676" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F676" t="s">
-        <v>950</v>
+        <v>78</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2544</v>
+        <v>2555</v>
       </c>
       <c r="H676" t="s">
-        <v>2545</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2546</v>
+        <v>2557</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="D677" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E677" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F677" t="s">
-        <v>146</v>
+        <v>2558</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2547</v>
+        <v>2559</v>
       </c>
       <c r="H677" t="s">
-        <v>2548</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2549</v>
+        <v>2561</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="D678" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E678" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F678" t="s">
-        <v>950</v>
+        <v>78</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2550</v>
+        <v>2562</v>
       </c>
       <c r="H678" t="s">
-        <v>2551</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2552</v>
+        <v>2564</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>849</v>
+        <v>26</v>
       </c>
       <c r="D679" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E679" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F679" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2553</v>
+        <v>74</v>
       </c>
       <c r="H679" t="s">
-        <v>2554</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2555</v>
+        <v>2566</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="D680" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E680" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F680" t="s">
-        <v>477</v>
+        <v>975</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2556</v>
+        <v>2567</v>
       </c>
       <c r="H680" t="s">
-        <v>2557</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2558</v>
+        <v>2569</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="D681" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E681" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F681" t="s">
-        <v>477</v>
+        <v>975</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2559</v>
+        <v>2570</v>
       </c>
       <c r="H681" t="s">
-        <v>2560</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2561</v>
+        <v>2572</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="D682" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E682" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F682" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2562</v>
+        <v>2573</v>
       </c>
       <c r="H682" t="s">
-        <v>2563</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2564</v>
+        <v>2575</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>108</v>
+        <v>836</v>
       </c>
       <c r="D683" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E683" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F683" t="s">
-        <v>950</v>
+        <v>104</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2565</v>
+        <v>2576</v>
       </c>
       <c r="H683" t="s">
-        <v>2566</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2567</v>
+        <v>2578</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>116</v>
+        <v>43</v>
       </c>
       <c r="D684" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E684" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F684" t="s">
-        <v>2568</v>
+        <v>78</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2569</v>
+        <v>2579</v>
       </c>
       <c r="H684" t="s">
-        <v>2570</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2571</v>
+        <v>2581</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="D685" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E685" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F685" t="s">
-        <v>950</v>
+        <v>146</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2572</v>
+        <v>2582</v>
       </c>
       <c r="H685" t="s">
-        <v>2573</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2574</v>
+        <v>2584</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>124</v>
+        <v>56</v>
       </c>
       <c r="D686" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E686" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F686" t="s">
-        <v>950</v>
+        <v>975</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2575</v>
+        <v>74</v>
       </c>
       <c r="H686" t="s">
-        <v>2576</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2577</v>
+        <v>2586</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="D687" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E687" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F687" t="s">
-        <v>950</v>
+        <v>2587</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2578</v>
+        <v>2588</v>
       </c>
       <c r="H687" t="s">
-        <v>2579</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2580</v>
+        <v>2590</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>132</v>
+        <v>855</v>
       </c>
       <c r="D688" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E688" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F688" t="s">
         <v>52</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2581</v>
+        <v>2591</v>
       </c>
       <c r="H688" t="s">
-        <v>2582</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2583</v>
+        <v>2593</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>136</v>
+        <v>69</v>
       </c>
       <c r="D689" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E689" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F689" t="s">
         <v>78</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2584</v>
+        <v>2594</v>
       </c>
       <c r="H689" t="s">
-        <v>2585</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2586</v>
+        <v>2596</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>140</v>
+        <v>73</v>
       </c>
       <c r="D690" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E690" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F690" t="s">
-        <v>950</v>
+        <v>78</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2587</v>
+        <v>2597</v>
       </c>
       <c r="H690" t="s">
-        <v>2588</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2589</v>
+        <v>2599</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>145</v>
+        <v>77</v>
       </c>
       <c r="D691" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E691" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F691" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2590</v>
+        <v>2600</v>
       </c>
       <c r="H691" t="s">
-        <v>2591</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2592</v>
+        <v>2602</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>150</v>
+        <v>82</v>
       </c>
       <c r="D692" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E692" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F692" t="s">
-        <v>2593</v>
+        <v>975</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2594</v>
+        <v>2603</v>
       </c>
       <c r="H692" t="s">
-        <v>2595</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2596</v>
+        <v>2605</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>154</v>
+        <v>86</v>
       </c>
       <c r="D693" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E693" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F693" t="s">
-        <v>52</v>
+        <v>146</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2597</v>
+        <v>2606</v>
       </c>
       <c r="H693" t="s">
-        <v>2598</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2599</v>
+        <v>2608</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>171</v>
+        <v>91</v>
       </c>
       <c r="D694" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E694" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F694" t="s">
-        <v>104</v>
+        <v>975</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2600</v>
+        <v>2609</v>
       </c>
       <c r="H694" t="s">
-        <v>2601</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2602</v>
+        <v>2611</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>175</v>
+        <v>874</v>
       </c>
       <c r="D695" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E695" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F695" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2603</v>
+        <v>2612</v>
       </c>
       <c r="H695" t="s">
-        <v>2604</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2605</v>
+        <v>2614</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>179</v>
+        <v>95</v>
       </c>
       <c r="D696" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E696" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F696" t="s">
-        <v>52</v>
+        <v>477</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2606</v>
+        <v>2615</v>
       </c>
       <c r="H696" t="s">
-        <v>2607</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2608</v>
+        <v>2617</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>183</v>
+        <v>99</v>
       </c>
       <c r="D697" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E697" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F697" t="s">
         <v>477</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2609</v>
+        <v>2618</v>
       </c>
       <c r="H697" t="s">
-        <v>2610</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2611</v>
+        <v>2620</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>187</v>
+        <v>103</v>
       </c>
       <c r="D698" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E698" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F698" t="s">
-        <v>477</v>
+        <v>35</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2612</v>
+        <v>2621</v>
       </c>
       <c r="H698" t="s">
-        <v>2613</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2614</v>
+        <v>2623</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>191</v>
+        <v>108</v>
       </c>
       <c r="D699" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E699" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F699" t="s">
-        <v>104</v>
+        <v>975</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2615</v>
+        <v>2624</v>
       </c>
       <c r="H699" t="s">
-        <v>2616</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2617</v>
+        <v>2626</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>195</v>
+        <v>116</v>
       </c>
       <c r="D700" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E700" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F700" t="s">
-        <v>13</v>
+        <v>2627</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2618</v>
+        <v>2628</v>
       </c>
       <c r="H700" t="s">
-        <v>2619</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2620</v>
+        <v>2630</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>199</v>
+        <v>120</v>
       </c>
       <c r="D701" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E701" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F701" t="s">
-        <v>13</v>
+        <v>975</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2621</v>
+        <v>2631</v>
       </c>
       <c r="H701" t="s">
-        <v>2622</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2623</v>
+        <v>2633</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>207</v>
+        <v>124</v>
       </c>
       <c r="D702" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E702" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F702" t="s">
-        <v>13</v>
+        <v>975</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2624</v>
+        <v>2634</v>
       </c>
       <c r="H702" t="s">
-        <v>2625</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2626</v>
+        <v>2636</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>211</v>
+        <v>128</v>
       </c>
       <c r="D703" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E703" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F703" t="s">
-        <v>104</v>
+        <v>975</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2627</v>
+        <v>2637</v>
       </c>
       <c r="H703" t="s">
-        <v>2628</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2629</v>
+        <v>2639</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>215</v>
+        <v>132</v>
       </c>
       <c r="D704" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E704" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F704" t="s">
-        <v>2499</v>
+        <v>52</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2630</v>
+        <v>2640</v>
       </c>
       <c r="H704" t="s">
-        <v>2631</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2632</v>
+        <v>2642</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>219</v>
+        <v>136</v>
       </c>
       <c r="D705" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E705" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F705" t="s">
-        <v>2499</v>
+        <v>78</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2633</v>
+        <v>2643</v>
       </c>
       <c r="H705" t="s">
-        <v>2634</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>223</v>
+        <v>140</v>
       </c>
       <c r="D706" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E706" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F706" t="s">
-        <v>52</v>
+        <v>975</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2636</v>
+        <v>2646</v>
       </c>
       <c r="H706" t="s">
-        <v>2637</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2638</v>
+        <v>2648</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>227</v>
+        <v>145</v>
       </c>
       <c r="D707" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E707" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F707" t="s">
-        <v>950</v>
+        <v>13</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2639</v>
+        <v>2649</v>
       </c>
       <c r="H707" t="s">
-        <v>2640</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2641</v>
+        <v>2651</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>231</v>
+        <v>150</v>
       </c>
       <c r="D708" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E708" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F708" t="s">
-        <v>52</v>
+        <v>2652</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2642</v>
+        <v>2653</v>
       </c>
       <c r="H708" t="s">
-        <v>2643</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2644</v>
+        <v>2655</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>235</v>
+        <v>154</v>
       </c>
       <c r="D709" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E709" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F709" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2645</v>
+        <v>2656</v>
       </c>
       <c r="H709" t="s">
-        <v>2646</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2647</v>
+        <v>2658</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>937</v>
+        <v>171</v>
       </c>
       <c r="D710" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E710" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F710" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2648</v>
+        <v>2659</v>
       </c>
       <c r="H710" t="s">
-        <v>2649</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2650</v>
+        <v>2661</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>239</v>
+        <v>175</v>
       </c>
       <c r="D711" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E711" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F711" t="s">
-        <v>2499</v>
+        <v>22</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2651</v>
+        <v>2662</v>
       </c>
       <c r="H711" t="s">
-        <v>2652</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2653</v>
+        <v>2664</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>243</v>
+        <v>179</v>
       </c>
       <c r="D712" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E712" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F712" t="s">
-        <v>2499</v>
+        <v>52</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2654</v>
+        <v>2665</v>
       </c>
       <c r="H712" t="s">
-        <v>2655</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2656</v>
+        <v>2667</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>247</v>
+        <v>183</v>
       </c>
       <c r="D713" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E713" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F713" t="s">
-        <v>13</v>
+        <v>477</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2657</v>
+        <v>2668</v>
       </c>
       <c r="H713" t="s">
-        <v>2658</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2659</v>
+        <v>2670</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="D714" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E714" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F714" t="s">
-        <v>104</v>
+        <v>477</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2660</v>
+        <v>2671</v>
       </c>
       <c r="H714" t="s">
-        <v>2661</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2662</v>
+        <v>2673</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>255</v>
+        <v>191</v>
       </c>
       <c r="D715" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E715" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F715" t="s">
         <v>104</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2663</v>
+        <v>2674</v>
       </c>
       <c r="H715" t="s">
-        <v>2664</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2665</v>
+        <v>2676</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>259</v>
+        <v>195</v>
       </c>
       <c r="D716" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E716" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F716" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2666</v>
+        <v>2677</v>
       </c>
       <c r="H716" t="s">
-        <v>2667</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2668</v>
+        <v>2679</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>263</v>
+        <v>199</v>
       </c>
       <c r="D717" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E717" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F717" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2669</v>
+        <v>2680</v>
       </c>
       <c r="H717" t="s">
-        <v>2670</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2671</v>
+        <v>2682</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>267</v>
+        <v>207</v>
       </c>
       <c r="D718" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E718" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F718" t="s">
-        <v>2672</v>
+        <v>13</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2673</v>
+        <v>2683</v>
       </c>
       <c r="H718" t="s">
-        <v>2674</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2675</v>
+        <v>2685</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>969</v>
+        <v>211</v>
       </c>
       <c r="D719" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E719" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F719" t="s">
-        <v>146</v>
+        <v>104</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2676</v>
+        <v>2686</v>
       </c>
       <c r="H719" t="s">
-        <v>2677</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2678</v>
+        <v>2688</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>283</v>
+        <v>215</v>
       </c>
       <c r="D720" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E720" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F720" t="s">
-        <v>477</v>
+        <v>2558</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2679</v>
+        <v>2689</v>
       </c>
       <c r="H720" t="s">
-        <v>2680</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2681</v>
+        <v>2691</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>973</v>
+        <v>219</v>
       </c>
       <c r="D721" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E721" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F721" t="s">
-        <v>13</v>
+        <v>2558</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2682</v>
+        <v>2692</v>
       </c>
       <c r="H721" t="s">
-        <v>2683</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2684</v>
+        <v>2694</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>287</v>
+        <v>223</v>
       </c>
       <c r="D722" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E722" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F722" t="s">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2685</v>
+        <v>2695</v>
       </c>
       <c r="H722" t="s">
-        <v>2686</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2687</v>
+        <v>2697</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>291</v>
+        <v>227</v>
       </c>
       <c r="D723" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E723" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F723" t="s">
-        <v>13</v>
+        <v>975</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2688</v>
+        <v>2698</v>
       </c>
       <c r="H723" t="s">
-        <v>2689</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2690</v>
+        <v>2700</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>295</v>
+        <v>231</v>
       </c>
       <c r="D724" t="s">
-        <v>2491</v>
+        <v>2550</v>
       </c>
       <c r="E724" t="s">
-        <v>2492</v>
+        <v>2551</v>
       </c>
       <c r="F724" t="s">
         <v>52</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2691</v>
+        <v>2701</v>
       </c>
       <c r="H724" t="s">
-        <v>2692</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2693</v>
+        <v>2703</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>2694</v>
+        <v>235</v>
       </c>
       <c r="D725" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E725" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F725" t="s">
-        <v>2697</v>
+        <v>57</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2698</v>
+        <v>2704</v>
       </c>
       <c r="H725" t="s">
-        <v>2699</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2700</v>
+        <v>2706</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>2701</v>
+        <v>962</v>
       </c>
       <c r="D726" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E726" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F726" t="s">
-        <v>2697</v>
+        <v>57</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2702</v>
+        <v>2707</v>
       </c>
       <c r="H726" t="s">
-        <v>2703</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2704</v>
+        <v>2709</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>2705</v>
+        <v>239</v>
       </c>
       <c r="D727" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E727" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F727" t="s">
-        <v>2697</v>
+        <v>2558</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2706</v>
+        <v>2710</v>
       </c>
       <c r="H727" t="s">
-        <v>2707</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2708</v>
+        <v>2712</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>2709</v>
+        <v>243</v>
       </c>
       <c r="D728" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E728" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F728" t="s">
-        <v>2697</v>
+        <v>2558</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2710</v>
+        <v>2713</v>
       </c>
       <c r="H728" t="s">
-        <v>2711</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2712</v>
+        <v>2715</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>2713</v>
+        <v>247</v>
       </c>
       <c r="D729" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E729" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F729" t="s">
-        <v>2697</v>
+        <v>13</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2714</v>
+        <v>2716</v>
       </c>
       <c r="H729" t="s">
-        <v>2715</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2716</v>
+        <v>2718</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>2717</v>
+        <v>251</v>
       </c>
       <c r="D730" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E730" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F730" t="s">
-        <v>2697</v>
+        <v>104</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="H730" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>2721</v>
+        <v>255</v>
       </c>
       <c r="D731" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E731" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F731" t="s">
-        <v>2697</v>
+        <v>104</v>
       </c>
       <c r="G731" s="1" t="s">
         <v>2722</v>
       </c>
       <c r="H731" t="s">
         <v>2723</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
         <v>2724</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
+        <v>259</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2550</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F732" t="s">
+        <v>104</v>
+      </c>
+      <c r="G732" s="1" t="s">
         <v>2725</v>
       </c>
-      <c r="D732" t="s">
-[...8 lines deleted...]
-      <c r="G732" s="1" t="s">
+      <c r="H732" t="s">
         <v>2726</v>
-      </c>
-[...1 lines deleted...]
-        <v>2727</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>263</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2550</v>
+      </c>
+      <c r="E733" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F733" t="s">
+        <v>104</v>
+      </c>
+      <c r="G733" s="1" t="s">
         <v>2728</v>
       </c>
-      <c r="B733" t="s">
-[...2 lines deleted...]
-      <c r="C733" t="s">
+      <c r="H733" t="s">
         <v>2729</v>
-      </c>
-[...13 lines deleted...]
-        <v>2731</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>267</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2550</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F734" t="s">
+        <v>2731</v>
+      </c>
+      <c r="G734" s="1" t="s">
         <v>2732</v>
       </c>
-      <c r="B734" t="s">
-[...2 lines deleted...]
-      <c r="C734" t="s">
+      <c r="H734" t="s">
         <v>2733</v>
-      </c>
-[...13 lines deleted...]
-        <v>2735</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>994</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2550</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F735" t="s">
+        <v>146</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="H735" t="s">
         <v>2736</v>
-      </c>
-[...19 lines deleted...]
-        <v>2739</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2740</v>
+        <v>2737</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>2741</v>
+        <v>283</v>
       </c>
       <c r="D736" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E736" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F736" t="s">
-        <v>2697</v>
+        <v>477</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2742</v>
+        <v>2738</v>
       </c>
       <c r="H736" t="s">
-        <v>2743</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2744</v>
+        <v>2740</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>2745</v>
+        <v>998</v>
       </c>
       <c r="D737" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E737" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F737" t="s">
-        <v>2697</v>
+        <v>13</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2746</v>
+        <v>2741</v>
       </c>
       <c r="H737" t="s">
-        <v>2747</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2748</v>
+        <v>2743</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>2749</v>
+        <v>287</v>
       </c>
       <c r="D738" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E738" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F738" t="s">
-        <v>2697</v>
+        <v>104</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2750</v>
+        <v>2744</v>
       </c>
       <c r="H738" t="s">
-        <v>2751</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2752</v>
+        <v>2746</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>2753</v>
+        <v>291</v>
       </c>
       <c r="D739" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E739" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F739" t="s">
-        <v>2697</v>
+        <v>13</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2754</v>
+        <v>2747</v>
       </c>
       <c r="H739" t="s">
-        <v>2755</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2756</v>
+        <v>2749</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>2757</v>
+        <v>295</v>
       </c>
       <c r="D740" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E740" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F740" t="s">
-        <v>2697</v>
+        <v>52</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2758</v>
+        <v>2750</v>
       </c>
       <c r="H740" t="s">
-        <v>2759</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2760</v>
+        <v>2752</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>2761</v>
+        <v>303</v>
       </c>
       <c r="D741" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E741" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F741" t="s">
-        <v>2697</v>
+        <v>13</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2762</v>
+        <v>2753</v>
       </c>
       <c r="H741" t="s">
-        <v>2763</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2764</v>
+        <v>2755</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>2765</v>
+        <v>307</v>
       </c>
       <c r="D742" t="s">
-        <v>2695</v>
+        <v>2550</v>
       </c>
       <c r="E742" t="s">
-        <v>2696</v>
+        <v>2551</v>
       </c>
       <c r="F742" t="s">
-        <v>2697</v>
+        <v>78</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2766</v>
+        <v>2756</v>
       </c>
       <c r="H742" t="s">
-        <v>2767</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2768</v>
+        <v>2758</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>2769</v>
+        <v>2759</v>
       </c>
       <c r="D743" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E743" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F743" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2770</v>
+        <v>2763</v>
       </c>
       <c r="H743" t="s">
-        <v>2771</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2772</v>
+        <v>2765</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>2773</v>
+        <v>2766</v>
       </c>
       <c r="D744" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E744" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F744" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2774</v>
+        <v>2767</v>
       </c>
       <c r="H744" t="s">
-        <v>2775</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2776</v>
+        <v>2769</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>2777</v>
+        <v>2770</v>
       </c>
       <c r="D745" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E745" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F745" t="s">
-        <v>804</v>
+        <v>2762</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2778</v>
+        <v>2771</v>
       </c>
       <c r="H745" t="s">
-        <v>2779</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2780</v>
+        <v>2773</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>2781</v>
+        <v>2774</v>
       </c>
       <c r="D746" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E746" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F746" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2782</v>
+        <v>2775</v>
       </c>
       <c r="H746" t="s">
-        <v>2783</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2784</v>
+        <v>2777</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>2785</v>
+        <v>2778</v>
       </c>
       <c r="D747" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E747" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F747" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2786</v>
+        <v>2779</v>
       </c>
       <c r="H747" t="s">
-        <v>2787</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2788</v>
+        <v>2781</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>2789</v>
+        <v>2782</v>
       </c>
       <c r="D748" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E748" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F748" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2790</v>
+        <v>2783</v>
       </c>
       <c r="H748" t="s">
-        <v>2791</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2792</v>
+        <v>2785</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>2793</v>
+        <v>2786</v>
       </c>
       <c r="D749" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E749" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F749" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2794</v>
+        <v>2787</v>
       </c>
       <c r="H749" t="s">
-        <v>2795</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2796</v>
+        <v>2789</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>2797</v>
+        <v>2790</v>
       </c>
       <c r="D750" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E750" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F750" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2798</v>
+        <v>2791</v>
       </c>
       <c r="H750" t="s">
-        <v>2799</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2800</v>
+        <v>2793</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>2801</v>
+        <v>2794</v>
       </c>
       <c r="D751" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E751" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F751" t="s">
-        <v>78</v>
+        <v>2762</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2802</v>
+        <v>2795</v>
       </c>
       <c r="H751" t="s">
-        <v>2803</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2804</v>
+        <v>2797</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>2805</v>
+        <v>2798</v>
       </c>
       <c r="D752" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E752" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F752" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2806</v>
+        <v>2799</v>
       </c>
       <c r="H752" t="s">
-        <v>2807</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2808</v>
+        <v>2801</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>2809</v>
+        <v>2802</v>
       </c>
       <c r="D753" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E753" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F753" t="s">
-        <v>57</v>
+        <v>2762</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2810</v>
+        <v>2803</v>
       </c>
       <c r="H753" t="s">
-        <v>2811</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2812</v>
+        <v>2805</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>2813</v>
+        <v>2806</v>
       </c>
       <c r="D754" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E754" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F754" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2814</v>
+        <v>2807</v>
       </c>
       <c r="H754" t="s">
-        <v>2815</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2816</v>
+        <v>2809</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>2817</v>
+        <v>2810</v>
       </c>
       <c r="D755" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E755" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F755" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2818</v>
+        <v>2811</v>
       </c>
       <c r="H755" t="s">
-        <v>2819</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2820</v>
+        <v>2813</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>2821</v>
+        <v>2814</v>
       </c>
       <c r="D756" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E756" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F756" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2822</v>
+        <v>2815</v>
       </c>
       <c r="H756" t="s">
-        <v>2823</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2824</v>
+        <v>2817</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>2825</v>
+        <v>2818</v>
       </c>
       <c r="D757" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E757" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F757" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2826</v>
+        <v>2819</v>
       </c>
       <c r="H757" t="s">
-        <v>2827</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2828</v>
+        <v>2821</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>2829</v>
+        <v>2822</v>
       </c>
       <c r="D758" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E758" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F758" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2830</v>
+        <v>2823</v>
       </c>
       <c r="H758" t="s">
-        <v>2831</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2832</v>
+        <v>2825</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>2833</v>
+        <v>2826</v>
       </c>
       <c r="D759" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E759" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F759" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2834</v>
+        <v>2827</v>
       </c>
       <c r="H759" t="s">
-        <v>2835</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2836</v>
+        <v>2829</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>2837</v>
+        <v>2830</v>
       </c>
       <c r="D760" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E760" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F760" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2838</v>
+        <v>2831</v>
       </c>
       <c r="H760" t="s">
-        <v>2839</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2840</v>
+        <v>2833</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>2841</v>
+        <v>2834</v>
       </c>
       <c r="D761" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E761" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F761" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2842</v>
+        <v>2835</v>
       </c>
       <c r="H761" t="s">
-        <v>2843</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2844</v>
+        <v>2837</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>2845</v>
+        <v>2838</v>
       </c>
       <c r="D762" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E762" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F762" t="s">
-        <v>78</v>
+        <v>2762</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>2846</v>
+        <v>2839</v>
       </c>
       <c r="H762" t="s">
-        <v>2847</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2848</v>
+        <v>2841</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>2849</v>
+        <v>2842</v>
       </c>
       <c r="D763" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E763" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F763" t="s">
-        <v>2697</v>
+        <v>829</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>2850</v>
+        <v>2843</v>
       </c>
       <c r="H763" t="s">
-        <v>2851</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2852</v>
+        <v>2845</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>2853</v>
+        <v>2846</v>
       </c>
       <c r="D764" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E764" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F764" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>2854</v>
+        <v>2847</v>
       </c>
       <c r="H764" t="s">
-        <v>2855</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2856</v>
+        <v>2849</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>2857</v>
+        <v>2850</v>
       </c>
       <c r="D765" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E765" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F765" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>2858</v>
+        <v>2851</v>
       </c>
       <c r="H765" t="s">
-        <v>2859</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2860</v>
+        <v>2853</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>2861</v>
+        <v>2854</v>
       </c>
       <c r="D766" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E766" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F766" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>2862</v>
+        <v>2855</v>
       </c>
       <c r="H766" t="s">
-        <v>2863</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2864</v>
+        <v>2857</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>2865</v>
+        <v>2858</v>
       </c>
       <c r="D767" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E767" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F767" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2866</v>
+        <v>2859</v>
       </c>
       <c r="H767" t="s">
-        <v>2867</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2868</v>
+        <v>2861</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>2869</v>
+        <v>2862</v>
       </c>
       <c r="D768" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E768" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F768" t="s">
-        <v>78</v>
+        <v>2762</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>2870</v>
+        <v>2863</v>
       </c>
       <c r="H768" t="s">
-        <v>2871</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2872</v>
+        <v>2865</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>2873</v>
+        <v>2866</v>
       </c>
       <c r="D769" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E769" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F769" t="s">
-        <v>104</v>
+        <v>78</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2874</v>
+        <v>2867</v>
       </c>
       <c r="H769" t="s">
-        <v>2875</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2876</v>
+        <v>2869</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>2877</v>
+        <v>2870</v>
       </c>
       <c r="D770" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E770" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F770" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>2878</v>
+        <v>2871</v>
       </c>
       <c r="H770" t="s">
-        <v>2879</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2880</v>
+        <v>2873</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>2881</v>
+        <v>2874</v>
       </c>
       <c r="D771" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E771" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F771" t="s">
-        <v>2697</v>
+        <v>57</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2882</v>
+        <v>2875</v>
       </c>
       <c r="H771" t="s">
-        <v>2883</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2884</v>
+        <v>2877</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>2885</v>
+        <v>2878</v>
       </c>
       <c r="D772" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E772" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F772" t="s">
-        <v>104</v>
+        <v>2762</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>2886</v>
+        <v>2879</v>
       </c>
       <c r="H772" t="s">
-        <v>2887</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2888</v>
+        <v>2881</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>2889</v>
+        <v>2882</v>
       </c>
       <c r="D773" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E773" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F773" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>2890</v>
+        <v>2883</v>
       </c>
       <c r="H773" t="s">
-        <v>2891</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2892</v>
+        <v>2885</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>2893</v>
+        <v>2886</v>
       </c>
       <c r="D774" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E774" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F774" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>2894</v>
+        <v>2887</v>
       </c>
       <c r="H774" t="s">
-        <v>2895</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2896</v>
+        <v>2889</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>2897</v>
+        <v>2890</v>
       </c>
       <c r="D775" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E775" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F775" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>2898</v>
+        <v>2891</v>
       </c>
       <c r="H775" t="s">
-        <v>2899</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2900</v>
+        <v>2893</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>2901</v>
+        <v>2894</v>
       </c>
       <c r="D776" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E776" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F776" t="s">
-        <v>78</v>
+        <v>2762</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2902</v>
+        <v>2895</v>
       </c>
       <c r="H776" t="s">
-        <v>2903</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2904</v>
+        <v>2897</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>2905</v>
+        <v>2898</v>
       </c>
       <c r="D777" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E777" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F777" t="s">
-        <v>78</v>
+        <v>2762</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2906</v>
+        <v>2899</v>
       </c>
       <c r="H777" t="s">
-        <v>2907</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2908</v>
+        <v>2901</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>2909</v>
+        <v>2902</v>
       </c>
       <c r="D778" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E778" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F778" t="s">
-        <v>674</v>
+        <v>2762</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2910</v>
+        <v>2903</v>
       </c>
       <c r="H778" t="s">
-        <v>2911</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2912</v>
+        <v>2905</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>2913</v>
+        <v>2906</v>
       </c>
       <c r="D779" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E779" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F779" t="s">
-        <v>13</v>
+        <v>2762</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2914</v>
+        <v>2907</v>
       </c>
       <c r="H779" t="s">
-        <v>2915</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2916</v>
+        <v>2909</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>2917</v>
+        <v>2910</v>
       </c>
       <c r="D780" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E780" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F780" t="s">
-        <v>2697</v>
+        <v>78</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2918</v>
+        <v>2911</v>
       </c>
       <c r="H780" t="s">
-        <v>2919</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2920</v>
+        <v>2913</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>2921</v>
+        <v>2914</v>
       </c>
       <c r="D781" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E781" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F781" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2922</v>
+        <v>2915</v>
       </c>
       <c r="H781" t="s">
-        <v>2923</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2924</v>
+        <v>2917</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>2925</v>
+        <v>2918</v>
       </c>
       <c r="D782" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E782" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F782" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>2926</v>
+        <v>2919</v>
       </c>
       <c r="H782" t="s">
-        <v>2927</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2928</v>
+        <v>2921</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>2929</v>
+        <v>2922</v>
       </c>
       <c r="D783" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E783" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F783" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>2930</v>
+        <v>2923</v>
       </c>
       <c r="H783" t="s">
-        <v>2931</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2932</v>
+        <v>2925</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>2933</v>
+        <v>2926</v>
       </c>
       <c r="D784" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E784" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F784" t="s">
-        <v>2934</v>
+        <v>2762</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>2935</v>
+        <v>2927</v>
       </c>
       <c r="H784" t="s">
-        <v>2936</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2937</v>
+        <v>2929</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>2938</v>
+        <v>2930</v>
       </c>
       <c r="D785" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E785" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F785" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>2939</v>
+        <v>2931</v>
       </c>
       <c r="H785" t="s">
-        <v>2940</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2941</v>
+        <v>2933</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>2942</v>
+        <v>2934</v>
       </c>
       <c r="D786" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E786" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F786" t="s">
-        <v>2697</v>
+        <v>78</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>2943</v>
+        <v>2935</v>
       </c>
       <c r="H786" t="s">
-        <v>2944</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2945</v>
+        <v>2937</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>2946</v>
+        <v>2938</v>
       </c>
       <c r="D787" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E787" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F787" t="s">
-        <v>2697</v>
+        <v>104</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2947</v>
+        <v>2939</v>
       </c>
       <c r="H787" t="s">
-        <v>2948</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>2949</v>
+        <v>2941</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>2950</v>
+        <v>2942</v>
       </c>
       <c r="D788" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E788" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F788" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>2951</v>
+        <v>2943</v>
       </c>
       <c r="H788" t="s">
-        <v>2952</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2953</v>
+        <v>2945</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>2954</v>
+        <v>2946</v>
       </c>
       <c r="D789" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E789" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F789" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>2955</v>
+        <v>2947</v>
       </c>
       <c r="H789" t="s">
-        <v>2956</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2957</v>
+        <v>2949</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>2958</v>
+        <v>2950</v>
       </c>
       <c r="D790" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E790" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F790" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>2959</v>
+        <v>2951</v>
       </c>
       <c r="H790" t="s">
-        <v>2960</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2961</v>
+        <v>2953</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>2962</v>
+        <v>2954</v>
       </c>
       <c r="D791" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E791" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F791" t="s">
-        <v>78</v>
+        <v>2762</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>2963</v>
+        <v>2955</v>
       </c>
       <c r="H791" t="s">
-        <v>2964</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2965</v>
+        <v>2957</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>2966</v>
+        <v>2958</v>
       </c>
       <c r="D792" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E792" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F792" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2967</v>
+        <v>2959</v>
       </c>
       <c r="H792" t="s">
-        <v>2968</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2969</v>
+        <v>2961</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>2970</v>
+        <v>2962</v>
       </c>
       <c r="D793" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E793" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F793" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2971</v>
+        <v>2963</v>
       </c>
       <c r="H793" t="s">
-        <v>2972</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2973</v>
+        <v>2965</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>2974</v>
+        <v>2966</v>
       </c>
       <c r="D794" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E794" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F794" t="s">
-        <v>2697</v>
+        <v>78</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2975</v>
+        <v>2967</v>
       </c>
       <c r="H794" t="s">
-        <v>2976</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>2977</v>
+        <v>2969</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>2978</v>
+        <v>2970</v>
       </c>
       <c r="D795" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E795" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F795" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2979</v>
+        <v>2971</v>
       </c>
       <c r="H795" t="s">
-        <v>2980</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2981</v>
+        <v>2973</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>2982</v>
+        <v>2974</v>
       </c>
       <c r="D796" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E796" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F796" t="s">
-        <v>2697</v>
+        <v>674</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>2983</v>
+        <v>2975</v>
       </c>
       <c r="H796" t="s">
-        <v>2984</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2985</v>
+        <v>2977</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>2986</v>
+        <v>2978</v>
       </c>
       <c r="D797" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E797" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F797" t="s">
-        <v>2697</v>
+        <v>13</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>2987</v>
+        <v>2979</v>
       </c>
       <c r="H797" t="s">
-        <v>2988</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2989</v>
+        <v>2981</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>2990</v>
+        <v>2982</v>
       </c>
       <c r="D798" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E798" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F798" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>2991</v>
+        <v>2983</v>
       </c>
       <c r="H798" t="s">
-        <v>2992</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2993</v>
+        <v>2985</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>2994</v>
+        <v>2986</v>
       </c>
       <c r="D799" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E799" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F799" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>2995</v>
+        <v>2987</v>
       </c>
       <c r="H799" t="s">
-        <v>2996</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2997</v>
+        <v>2989</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>2998</v>
+        <v>2990</v>
       </c>
       <c r="D800" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E800" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F800" t="s">
-        <v>146</v>
+        <v>2762</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>2999</v>
+        <v>2991</v>
       </c>
       <c r="H800" t="s">
-        <v>3000</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>3001</v>
+        <v>2993</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>3002</v>
+        <v>2994</v>
       </c>
       <c r="D801" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E801" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F801" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>3003</v>
+        <v>2995</v>
       </c>
       <c r="H801" t="s">
-        <v>3004</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>3005</v>
+        <v>2997</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>3006</v>
+        <v>2998</v>
       </c>
       <c r="D802" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E802" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F802" t="s">
-        <v>52</v>
+        <v>2999</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>74</v>
+        <v>3000</v>
       </c>
       <c r="H802" t="s">
-        <v>3007</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>3008</v>
+        <v>3002</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>3009</v>
+        <v>3003</v>
       </c>
       <c r="D803" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E803" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F803" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>3010</v>
+        <v>3004</v>
       </c>
       <c r="H803" t="s">
-        <v>3011</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>3012</v>
+        <v>3006</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>3013</v>
+        <v>3007</v>
       </c>
       <c r="D804" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E804" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F804" t="s">
-        <v>674</v>
+        <v>2762</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>3014</v>
+        <v>3008</v>
       </c>
       <c r="H804" t="s">
-        <v>3015</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>3016</v>
+        <v>3010</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>3017</v>
+        <v>3011</v>
       </c>
       <c r="D805" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="E805" t="s">
-        <v>2696</v>
+        <v>2761</v>
       </c>
       <c r="F805" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>3018</v>
+        <v>3012</v>
       </c>
       <c r="H805" t="s">
-        <v>3019</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>3020</v>
+        <v>3014</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>1108</v>
+        <v>3015</v>
       </c>
       <c r="D806" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E806" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F806" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>3023</v>
+        <v>3016</v>
       </c>
       <c r="H806" t="s">
-        <v>3024</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>3025</v>
+        <v>3018</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>1112</v>
+        <v>3019</v>
       </c>
       <c r="D807" t="s">
+        <v>2760</v>
+      </c>
+      <c r="E807" t="s">
+        <v>2761</v>
+      </c>
+      <c r="F807" t="s">
+        <v>2762</v>
+      </c>
+      <c r="G807" s="1" t="s">
+        <v>3020</v>
+      </c>
+      <c r="H807" t="s">
         <v>3021</v>
-      </c>
-[...10 lines deleted...]
-        <v>3027</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>3028</v>
+        <v>3022</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>3029</v>
+        <v>3023</v>
       </c>
       <c r="D808" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E808" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F808" t="s">
-        <v>2934</v>
+        <v>78</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>3030</v>
+        <v>3024</v>
       </c>
       <c r="H808" t="s">
-        <v>3031</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>3032</v>
+        <v>3026</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>1116</v>
+        <v>3027</v>
       </c>
       <c r="D809" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E809" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F809" t="s">
-        <v>2697</v>
+        <v>78</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>3033</v>
+        <v>3028</v>
       </c>
       <c r="H809" t="s">
-        <v>3034</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>3035</v>
+        <v>3030</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>1120</v>
+        <v>3031</v>
       </c>
       <c r="D810" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E810" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F810" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>3036</v>
+        <v>3032</v>
       </c>
       <c r="H810" t="s">
-        <v>3037</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>3038</v>
+        <v>3034</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>1124</v>
+        <v>3035</v>
       </c>
       <c r="D811" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E811" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F811" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>3039</v>
+        <v>3036</v>
       </c>
       <c r="H811" t="s">
-        <v>3040</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B812" t="s">
+        <v>9</v>
+      </c>
+      <c r="C812" t="s">
+        <v>3039</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2760</v>
+      </c>
+      <c r="E812" t="s">
+        <v>2761</v>
+      </c>
+      <c r="F812" t="s">
+        <v>2762</v>
+      </c>
+      <c r="G812" s="1" t="s">
+        <v>3040</v>
+      </c>
+      <c r="H812" t="s">
         <v>3041</v>
-      </c>
-[...19 lines deleted...]
-        <v>3043</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
+        <v>3042</v>
+      </c>
+      <c r="B813" t="s">
+        <v>9</v>
+      </c>
+      <c r="C813" t="s">
+        <v>3043</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2760</v>
+      </c>
+      <c r="E813" t="s">
+        <v>2761</v>
+      </c>
+      <c r="F813" t="s">
+        <v>13</v>
+      </c>
+      <c r="G813" s="1" t="s">
         <v>3044</v>
       </c>
-      <c r="B813" t="s">
-[...14 lines deleted...]
-      <c r="G813" s="1" t="s">
+      <c r="H813" t="s">
         <v>3045</v>
-      </c>
-[...1 lines deleted...]
-        <v>3046</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
+        <v>3046</v>
+      </c>
+      <c r="B814" t="s">
+        <v>9</v>
+      </c>
+      <c r="C814" t="s">
         <v>3047</v>
       </c>
-      <c r="B814" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D814" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E814" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F814" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G814" s="1" t="s">
         <v>3048</v>
       </c>
       <c r="H814" t="s">
         <v>3049</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
         <v>3050</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>431</v>
+        <v>3051</v>
       </c>
       <c r="D815" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E815" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F815" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="H815" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>1141</v>
+        <v>3055</v>
       </c>
       <c r="D816" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E816" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F816" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
       <c r="H816" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>3056</v>
+        <v>3058</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>436</v>
+        <v>3059</v>
       </c>
       <c r="D817" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E817" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F817" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>3057</v>
+        <v>3060</v>
       </c>
       <c r="H817" t="s">
-        <v>3058</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>3059</v>
+        <v>3062</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>440</v>
+        <v>3063</v>
       </c>
       <c r="D818" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E818" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F818" t="s">
-        <v>2697</v>
+        <v>146</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>3060</v>
+        <v>3064</v>
       </c>
       <c r="H818" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>3062</v>
+        <v>3066</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>444</v>
+        <v>3067</v>
       </c>
       <c r="D819" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E819" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F819" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>3063</v>
+        <v>3068</v>
       </c>
       <c r="H819" t="s">
-        <v>3064</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>3065</v>
+        <v>3070</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>448</v>
+        <v>3071</v>
       </c>
       <c r="D820" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E820" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F820" t="s">
-        <v>2697</v>
+        <v>52</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>3066</v>
+        <v>3072</v>
       </c>
       <c r="H820" t="s">
-        <v>3067</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>3068</v>
+        <v>3074</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>1154</v>
+        <v>3075</v>
       </c>
       <c r="D821" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E821" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F821" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>3069</v>
+        <v>3076</v>
       </c>
       <c r="H821" t="s">
-        <v>3070</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>3071</v>
+        <v>3078</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>452</v>
+        <v>3079</v>
       </c>
       <c r="D822" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E822" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F822" t="s">
-        <v>2697</v>
+        <v>674</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>3072</v>
+        <v>3080</v>
       </c>
       <c r="H822" t="s">
-        <v>3073</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>3074</v>
+        <v>3082</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>456</v>
+        <v>3083</v>
       </c>
       <c r="D823" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E823" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F823" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>3075</v>
+        <v>3084</v>
       </c>
       <c r="H823" t="s">
-        <v>3076</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>3077</v>
+        <v>3086</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>1164</v>
+        <v>3087</v>
       </c>
       <c r="D824" t="s">
-        <v>3021</v>
+        <v>2760</v>
       </c>
       <c r="E824" t="s">
-        <v>3022</v>
+        <v>2761</v>
       </c>
       <c r="F824" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>3078</v>
+        <v>3088</v>
       </c>
       <c r="H824" t="s">
-        <v>3079</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>3080</v>
+        <v>3090</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>460</v>
+        <v>1133</v>
       </c>
       <c r="D825" t="s">
-        <v>3021</v>
+        <v>3091</v>
       </c>
       <c r="E825" t="s">
-        <v>3022</v>
+        <v>3092</v>
       </c>
       <c r="F825" t="s">
-        <v>2697</v>
+        <v>2762</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>3081</v>
+        <v>3093</v>
       </c>
       <c r="H825" t="s">
-        <v>3082</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>3083</v>
+        <v>3095</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>464</v>
+        <v>1137</v>
       </c>
       <c r="D826" t="s">
-        <v>3021</v>
+        <v>3091</v>
       </c>
       <c r="E826" t="s">
-        <v>3022</v>
+        <v>3092</v>
       </c>
       <c r="F826" t="s">
-        <v>2934</v>
+        <v>2762</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>3084</v>
+        <v>3096</v>
       </c>
       <c r="H826" t="s">
-        <v>3085</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>3086</v>
+        <v>3098</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>468</v>
+        <v>3099</v>
       </c>
       <c r="D827" t="s">
-        <v>3021</v>
+        <v>3091</v>
       </c>
       <c r="E827" t="s">
-        <v>3022</v>
+        <v>3092</v>
       </c>
       <c r="F827" t="s">
-        <v>2697</v>
+        <v>2999</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>3087</v>
+        <v>3100</v>
       </c>
       <c r="H827" t="s">
-        <v>3088</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>3089</v>
+        <v>3102</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>1902</v>
+        <v>1141</v>
       </c>
       <c r="D828" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="E828" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
       <c r="F828" t="s">
-        <v>2934</v>
+        <v>2762</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>3092</v>
+        <v>3103</v>
       </c>
       <c r="H828" t="s">
-        <v>3093</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>3094</v>
+        <v>3105</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>1906</v>
+        <v>1145</v>
       </c>
       <c r="D829" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="E829" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
       <c r="F829" t="s">
-        <v>2934</v>
+        <v>2762</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>3095</v>
+        <v>3106</v>
       </c>
       <c r="H829" t="s">
-        <v>3096</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>3097</v>
+        <v>3108</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>267</v>
+        <v>1149</v>
       </c>
       <c r="D830" t="s">
-        <v>3098</v>
+        <v>3091</v>
       </c>
       <c r="E830" t="s">
-        <v>3099</v>
+        <v>3092</v>
       </c>
       <c r="F830" t="s">
-        <v>35</v>
+        <v>2762</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>3100</v>
+        <v>3109</v>
       </c>
       <c r="H830" t="s">
-        <v>3101</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>3102</v>
+        <v>3111</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>271</v>
+        <v>1153</v>
       </c>
       <c r="D831" t="s">
-        <v>3098</v>
+        <v>3091</v>
       </c>
       <c r="E831" t="s">
-        <v>3099</v>
+        <v>3092</v>
       </c>
       <c r="F831" t="s">
-        <v>3103</v>
+        <v>2762</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>3104</v>
+        <v>3112</v>
       </c>
       <c r="H831" t="s">
-        <v>3105</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>3106</v>
+        <v>3114</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>969</v>
+        <v>423</v>
       </c>
       <c r="D832" t="s">
-        <v>3098</v>
+        <v>3091</v>
       </c>
       <c r="E832" t="s">
-        <v>3099</v>
+        <v>3092</v>
       </c>
       <c r="F832" t="s">
-        <v>3107</v>
+        <v>2762</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>3108</v>
+        <v>3115</v>
       </c>
       <c r="H832" t="s">
-        <v>3109</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>3110</v>
+        <v>3117</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>275</v>
+        <v>427</v>
       </c>
       <c r="D833" t="s">
-        <v>3098</v>
+        <v>3091</v>
       </c>
       <c r="E833" t="s">
-        <v>3099</v>
+        <v>3092</v>
       </c>
       <c r="F833" t="s">
-        <v>3103</v>
+        <v>2762</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>3111</v>
+        <v>3118</v>
       </c>
       <c r="H833" t="s">
-        <v>3112</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>3113</v>
+        <v>3120</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>2602</v>
+        <v>431</v>
       </c>
       <c r="D834" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E834" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F834" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>74</v>
+        <v>3121</v>
       </c>
       <c r="H834" t="s">
-        <v>3117</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>3118</v>
+        <v>3123</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>430</v>
+        <v>1166</v>
       </c>
       <c r="D835" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E835" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F835" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>3119</v>
+        <v>3124</v>
       </c>
       <c r="H835" t="s">
-        <v>3120</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>3121</v>
+        <v>3126</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D836" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E836" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F836" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>3122</v>
+        <v>3127</v>
       </c>
       <c r="H836" t="s">
-        <v>3123</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>3124</v>
+        <v>3129</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D837" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E837" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F837" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>3125</v>
+        <v>3130</v>
       </c>
       <c r="H837" t="s">
-        <v>3126</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>3127</v>
+        <v>3132</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D838" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E838" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F838" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>3128</v>
+        <v>3133</v>
       </c>
       <c r="H838" t="s">
-        <v>3129</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>3130</v>
+        <v>3135</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D839" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E839" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F839" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>3131</v>
+        <v>3136</v>
       </c>
       <c r="H839" t="s">
-        <v>3132</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>3133</v>
+        <v>3138</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>2868</v>
+        <v>1179</v>
       </c>
       <c r="D840" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E840" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F840" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>3134</v>
+        <v>3139</v>
       </c>
       <c r="H840" t="s">
-        <v>3135</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>3136</v>
+        <v>3141</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>2872</v>
+        <v>452</v>
       </c>
       <c r="D841" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E841" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F841" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>3137</v>
+        <v>3142</v>
       </c>
       <c r="H841" t="s">
-        <v>3138</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>3139</v>
+        <v>3144</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>2880</v>
+        <v>456</v>
       </c>
       <c r="D842" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E842" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F842" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>3140</v>
+        <v>3145</v>
       </c>
       <c r="H842" t="s">
-        <v>3141</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>3142</v>
+        <v>3147</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>2876</v>
+        <v>1189</v>
       </c>
       <c r="D843" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E843" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F843" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>3143</v>
+        <v>3148</v>
       </c>
       <c r="H843" t="s">
-        <v>3144</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>3145</v>
+        <v>3150</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>3089</v>
+        <v>460</v>
       </c>
       <c r="D844" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E844" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F844" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>3146</v>
+        <v>3151</v>
       </c>
       <c r="H844" t="s">
-        <v>3147</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>3148</v>
+        <v>3153</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>1769</v>
+        <v>464</v>
       </c>
       <c r="D845" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E845" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F845" t="s">
-        <v>3116</v>
+        <v>2999</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>3149</v>
+        <v>3154</v>
       </c>
       <c r="H845" t="s">
-        <v>3150</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>3151</v>
+        <v>3156</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>1773</v>
+        <v>468</v>
       </c>
       <c r="D846" t="s">
-        <v>3114</v>
+        <v>3091</v>
       </c>
       <c r="E846" t="s">
-        <v>3115</v>
+        <v>3092</v>
       </c>
       <c r="F846" t="s">
-        <v>3116</v>
+        <v>2762</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>3152</v>
+        <v>3157</v>
       </c>
       <c r="H846" t="s">
-        <v>3153</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>3154</v>
+        <v>3159</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>1777</v>
+        <v>1921</v>
       </c>
       <c r="D847" t="s">
-        <v>3114</v>
+        <v>3160</v>
       </c>
       <c r="E847" t="s">
-        <v>3115</v>
+        <v>3161</v>
       </c>
       <c r="F847" t="s">
-        <v>3116</v>
+        <v>2999</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>3155</v>
+        <v>3162</v>
       </c>
       <c r="H847" t="s">
-        <v>3156</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>3157</v>
+        <v>3164</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>1781</v>
+        <v>1925</v>
       </c>
       <c r="D848" t="s">
-        <v>3114</v>
+        <v>3160</v>
       </c>
       <c r="E848" t="s">
-        <v>3115</v>
+        <v>3161</v>
       </c>
       <c r="F848" t="s">
-        <v>3116</v>
+        <v>2999</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>3158</v>
+        <v>3165</v>
       </c>
       <c r="H848" t="s">
-        <v>3159</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
+        <v>3167</v>
+      </c>
+      <c r="B849" t="s">
+        <v>9</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D849" t="s">
         <v>3160</v>
       </c>
-      <c r="B849" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E849" t="s">
-        <v>3115</v>
+        <v>3161</v>
       </c>
       <c r="F849" t="s">
-        <v>3116</v>
+        <v>2999</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>3161</v>
+        <v>3168</v>
       </c>
       <c r="H849" t="s">
-        <v>3162</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>3163</v>
+        <v>3170</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>1789</v>
+        <v>267</v>
       </c>
       <c r="D850" t="s">
-        <v>3114</v>
+        <v>3171</v>
       </c>
       <c r="E850" t="s">
-        <v>3115</v>
+        <v>3172</v>
       </c>
       <c r="F850" t="s">
-        <v>3116</v>
+        <v>35</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>3164</v>
+        <v>3173</v>
       </c>
       <c r="H850" t="s">
-        <v>3165</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>3166</v>
+        <v>3175</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>1793</v>
+        <v>271</v>
       </c>
       <c r="D851" t="s">
-        <v>3114</v>
+        <v>3171</v>
       </c>
       <c r="E851" t="s">
-        <v>3115</v>
+        <v>3172</v>
       </c>
       <c r="F851" t="s">
-        <v>3116</v>
+        <v>3176</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>3167</v>
+        <v>3177</v>
       </c>
       <c r="H851" t="s">
-        <v>3168</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>3169</v>
+        <v>3179</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>1797</v>
+        <v>994</v>
       </c>
       <c r="D852" t="s">
-        <v>3114</v>
+        <v>3171</v>
       </c>
       <c r="E852" t="s">
-        <v>3115</v>
+        <v>3172</v>
       </c>
       <c r="F852" t="s">
-        <v>3116</v>
+        <v>3180</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>3170</v>
+        <v>3181</v>
       </c>
       <c r="H852" t="s">
-        <v>3171</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
+        <v>3183</v>
+      </c>
+      <c r="B853" t="s">
+        <v>9</v>
+      </c>
+      <c r="C853" t="s">
+        <v>275</v>
+      </c>
+      <c r="D853" t="s">
+        <v>3171</v>
+      </c>
+      <c r="E853" t="s">
         <v>3172</v>
       </c>
-      <c r="B853" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F853" t="s">
-        <v>3116</v>
+        <v>3176</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>3173</v>
+        <v>3184</v>
       </c>
       <c r="H853" t="s">
-        <v>3174</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>3175</v>
+        <v>3186</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>1805</v>
+        <v>2661</v>
       </c>
       <c r="D854" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E854" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F854" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>3176</v>
+        <v>74</v>
       </c>
       <c r="H854" t="s">
-        <v>3177</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>3178</v>
+        <v>3191</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>3179</v>
+        <v>430</v>
       </c>
       <c r="D855" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E855" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F855" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>3180</v>
+        <v>3192</v>
       </c>
       <c r="H855" t="s">
-        <v>3181</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>3182</v>
+        <v>3194</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>3183</v>
+        <v>435</v>
       </c>
       <c r="D856" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E856" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F856" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>3184</v>
+        <v>3195</v>
       </c>
       <c r="H856" t="s">
-        <v>3185</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>3186</v>
+        <v>3197</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>2884</v>
+        <v>439</v>
       </c>
       <c r="D857" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E857" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F857" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>3187</v>
+        <v>3198</v>
       </c>
       <c r="H857" t="s">
-        <v>3188</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
+        <v>3200</v>
+      </c>
+      <c r="B858" t="s">
+        <v>9</v>
+      </c>
+      <c r="C858" t="s">
+        <v>443</v>
+      </c>
+      <c r="D858" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E858" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F858" t="s">
         <v>3189</v>
       </c>
-      <c r="B858" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G858" s="1" t="s">
-        <v>3190</v>
+        <v>3201</v>
       </c>
       <c r="H858" t="s">
-        <v>3191</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>3192</v>
+        <v>3203</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>2892</v>
+        <v>447</v>
       </c>
       <c r="D859" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E859" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F859" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>3193</v>
+        <v>3204</v>
       </c>
       <c r="H859" t="s">
-        <v>3194</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>3195</v>
+        <v>3206</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>3196</v>
+        <v>2933</v>
       </c>
       <c r="D860" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E860" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F860" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>3197</v>
+        <v>3207</v>
       </c>
       <c r="H860" t="s">
-        <v>3198</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>3199</v>
+        <v>3209</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>2605</v>
+        <v>2937</v>
       </c>
       <c r="D861" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E861" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F861" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>3200</v>
+        <v>3210</v>
       </c>
       <c r="H861" t="s">
-        <v>3201</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>3202</v>
+        <v>3212</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>451</v>
+        <v>2945</v>
       </c>
       <c r="D862" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E862" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F862" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>3203</v>
+        <v>3213</v>
       </c>
       <c r="H862" t="s">
-        <v>3204</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>3205</v>
+        <v>3215</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>455</v>
+        <v>2941</v>
       </c>
       <c r="D863" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E863" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F863" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>3206</v>
+        <v>3216</v>
       </c>
       <c r="H863" t="s">
-        <v>3207</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>3208</v>
+        <v>3218</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>459</v>
+        <v>3159</v>
       </c>
       <c r="D864" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E864" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F864" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>3209</v>
+        <v>3219</v>
       </c>
       <c r="H864" t="s">
-        <v>3210</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>3211</v>
+        <v>3221</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>1809</v>
+        <v>1788</v>
       </c>
       <c r="D865" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E865" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F865" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>3212</v>
+        <v>3222</v>
       </c>
       <c r="H865" t="s">
-        <v>3213</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>3214</v>
+        <v>3224</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>1813</v>
+        <v>1792</v>
       </c>
       <c r="D866" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E866" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F866" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>3215</v>
+        <v>3225</v>
       </c>
       <c r="H866" t="s">
-        <v>3216</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>3217</v>
+        <v>3227</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>1817</v>
+        <v>1796</v>
       </c>
       <c r="D867" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E867" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F867" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>3218</v>
+        <v>3228</v>
       </c>
       <c r="H867" t="s">
-        <v>3219</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>3220</v>
+        <v>3230</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>1821</v>
+        <v>1800</v>
       </c>
       <c r="D868" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E868" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F868" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>3221</v>
+        <v>3231</v>
       </c>
       <c r="H868" t="s">
-        <v>3222</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>3223</v>
+        <v>3233</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>1825</v>
+        <v>1804</v>
       </c>
       <c r="D869" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E869" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F869" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>3224</v>
+        <v>3234</v>
       </c>
       <c r="H869" t="s">
-        <v>3225</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>3226</v>
+        <v>3236</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>1829</v>
+        <v>1808</v>
       </c>
       <c r="D870" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E870" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F870" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>3227</v>
+        <v>3237</v>
       </c>
       <c r="H870" t="s">
-        <v>3228</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>3229</v>
+        <v>3239</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>2896</v>
+        <v>1812</v>
       </c>
       <c r="D871" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E871" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F871" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>3230</v>
+        <v>3240</v>
       </c>
       <c r="H871" t="s">
-        <v>3231</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>3232</v>
+        <v>3242</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>2900</v>
+        <v>1816</v>
       </c>
       <c r="D872" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E872" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F872" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>3233</v>
+        <v>3243</v>
       </c>
       <c r="H872" t="s">
-        <v>3234</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>3235</v>
+        <v>3245</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>2904</v>
+        <v>1820</v>
       </c>
       <c r="D873" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E873" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F873" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>3236</v>
+        <v>3246</v>
       </c>
       <c r="H873" t="s">
-        <v>3237</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>3238</v>
+        <v>3248</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>463</v>
+        <v>1824</v>
       </c>
       <c r="D874" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E874" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F874" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>3239</v>
+        <v>3249</v>
       </c>
       <c r="H874" t="s">
-        <v>3240</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>3241</v>
+        <v>3251</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>467</v>
+        <v>3252</v>
       </c>
       <c r="D875" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E875" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F875" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>3242</v>
+        <v>3253</v>
       </c>
       <c r="H875" t="s">
-        <v>3243</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>3244</v>
+        <v>3255</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>471</v>
+        <v>3256</v>
       </c>
       <c r="D876" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E876" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F876" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>3245</v>
+        <v>3257</v>
       </c>
       <c r="H876" t="s">
-        <v>3246</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>3247</v>
+        <v>3259</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>475</v>
+        <v>2949</v>
       </c>
       <c r="D877" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E877" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F877" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>3248</v>
+        <v>3260</v>
       </c>
       <c r="H877" t="s">
-        <v>3249</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>3250</v>
+        <v>3262</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>480</v>
+        <v>2953</v>
       </c>
       <c r="D878" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E878" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F878" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>3251</v>
+        <v>3263</v>
       </c>
       <c r="H878" t="s">
-        <v>3252</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>3253</v>
+        <v>3265</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>484</v>
+        <v>2957</v>
       </c>
       <c r="D879" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E879" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F879" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>3254</v>
+        <v>3266</v>
       </c>
       <c r="H879" t="s">
-        <v>3255</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>3256</v>
+        <v>3268</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
-        <v>1833</v>
+        <v>3269</v>
       </c>
       <c r="D880" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E880" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F880" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G880" s="1" t="s">
-        <v>3257</v>
+        <v>3270</v>
       </c>
       <c r="H880" t="s">
-        <v>3258</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>3259</v>
+        <v>3272</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>1837</v>
+        <v>2664</v>
       </c>
       <c r="D881" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E881" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F881" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G881" s="1" t="s">
-        <v>3260</v>
+        <v>3273</v>
       </c>
       <c r="H881" t="s">
-        <v>3261</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>3262</v>
+        <v>3275</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>1841</v>
+        <v>451</v>
       </c>
       <c r="D882" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E882" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F882" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>3263</v>
+        <v>3276</v>
       </c>
       <c r="H882" t="s">
-        <v>3264</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>3265</v>
+        <v>3278</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>1845</v>
+        <v>455</v>
       </c>
       <c r="D883" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E883" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F883" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G883" s="1" t="s">
-        <v>3266</v>
+        <v>3279</v>
       </c>
       <c r="H883" t="s">
-        <v>3267</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>3268</v>
+        <v>3281</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>1849</v>
+        <v>459</v>
       </c>
       <c r="D884" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E884" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F884" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G884" s="1" t="s">
-        <v>3269</v>
+        <v>3282</v>
       </c>
       <c r="H884" t="s">
-        <v>3270</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>3271</v>
+        <v>3284</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>1853</v>
+        <v>1828</v>
       </c>
       <c r="D885" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E885" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F885" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G885" s="1" t="s">
-        <v>3272</v>
+        <v>3285</v>
       </c>
       <c r="H885" t="s">
-        <v>3273</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>3274</v>
+        <v>3287</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>1857</v>
+        <v>1832</v>
       </c>
       <c r="D886" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E886" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F886" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G886" s="1" t="s">
-        <v>3275</v>
+        <v>3288</v>
       </c>
       <c r="H886" t="s">
-        <v>3276</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>3277</v>
+        <v>3290</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>1861</v>
+        <v>1836</v>
       </c>
       <c r="D887" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E887" t="s">
-        <v>3115</v>
+        <v>3188</v>
+      </c>
+      <c r="F887" t="s">
+        <v>3189</v>
       </c>
       <c r="G887" s="1" t="s">
-        <v>3278</v>
+        <v>3291</v>
       </c>
       <c r="H887" t="s">
-        <v>3279</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
-        <v>3280</v>
+        <v>3293</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>1865</v>
+        <v>1840</v>
       </c>
       <c r="D888" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E888" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F888" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G888" s="1" t="s">
-        <v>3281</v>
+        <v>3294</v>
       </c>
       <c r="H888" t="s">
-        <v>3282</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>3283</v>
+        <v>3296</v>
       </c>
       <c r="B889" t="s">
         <v>9</v>
       </c>
       <c r="C889" t="s">
-        <v>1869</v>
+        <v>1844</v>
       </c>
       <c r="D889" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E889" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F889" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G889" s="1" t="s">
-        <v>3284</v>
+        <v>3297</v>
       </c>
       <c r="H889" t="s">
-        <v>3285</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>3286</v>
+        <v>3299</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>1873</v>
+        <v>1848</v>
       </c>
       <c r="D890" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E890" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F890" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G890" s="1" t="s">
-        <v>3287</v>
+        <v>3300</v>
       </c>
       <c r="H890" t="s">
-        <v>3288</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>3289</v>
+        <v>3302</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>1877</v>
+        <v>2961</v>
       </c>
       <c r="D891" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E891" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F891" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G891" s="1" t="s">
-        <v>3290</v>
+        <v>3303</v>
       </c>
       <c r="H891" t="s">
-        <v>3291</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>3292</v>
+        <v>3305</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>3062</v>
+        <v>2965</v>
       </c>
       <c r="D892" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E892" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F892" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G892" s="1" t="s">
-        <v>3293</v>
+        <v>3306</v>
       </c>
       <c r="H892" t="s">
-        <v>3294</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>3295</v>
+        <v>3308</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>3296</v>
+        <v>2969</v>
       </c>
       <c r="D893" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E893" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F893" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G893" s="1" t="s">
-        <v>3297</v>
+        <v>3309</v>
       </c>
       <c r="H893" t="s">
-        <v>3298</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>3299</v>
+        <v>3311</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>2908</v>
+        <v>463</v>
       </c>
       <c r="D894" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E894" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F894" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G894" s="1" t="s">
-        <v>3300</v>
+        <v>3312</v>
       </c>
       <c r="H894" t="s">
-        <v>3301</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>3302</v>
+        <v>3314</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>3094</v>
+        <v>467</v>
       </c>
       <c r="D895" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E895" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F895" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G895" s="1" t="s">
-        <v>3303</v>
+        <v>3315</v>
       </c>
       <c r="H895" t="s">
-        <v>3304</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>3305</v>
+        <v>3317</v>
       </c>
       <c r="B896" t="s">
         <v>9</v>
       </c>
       <c r="C896" t="s">
-        <v>2608</v>
+        <v>471</v>
       </c>
       <c r="D896" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E896" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F896" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G896" s="1" t="s">
-        <v>3306</v>
+        <v>3318</v>
       </c>
       <c r="H896" t="s">
-        <v>3307</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
-        <v>3308</v>
+        <v>3320</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>2611</v>
+        <v>475</v>
       </c>
       <c r="D897" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E897" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F897" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G897" s="1" t="s">
-        <v>3309</v>
+        <v>3321</v>
       </c>
       <c r="H897" t="s">
-        <v>3310</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>3311</v>
+        <v>3323</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="D898" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E898" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F898" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G898" s="1" t="s">
-        <v>3312</v>
+        <v>3324</v>
       </c>
       <c r="H898" t="s">
-        <v>3313</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>3314</v>
+        <v>3326</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="D899" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E899" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F899" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G899" s="1" t="s">
-        <v>3315</v>
+        <v>3327</v>
       </c>
       <c r="H899" t="s">
-        <v>3316</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>3317</v>
+        <v>3329</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>496</v>
+        <v>1852</v>
       </c>
       <c r="D900" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E900" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F900" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G900" s="1" t="s">
-        <v>3318</v>
+        <v>3330</v>
       </c>
       <c r="H900" t="s">
-        <v>3319</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>3320</v>
+        <v>3332</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>500</v>
+        <v>1856</v>
       </c>
       <c r="D901" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E901" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F901" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G901" s="1" t="s">
-        <v>3321</v>
+        <v>3333</v>
       </c>
       <c r="H901" t="s">
-        <v>3322</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>3323</v>
+        <v>3335</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>504</v>
+        <v>1860</v>
       </c>
       <c r="D902" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E902" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F902" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>3324</v>
+        <v>3336</v>
       </c>
       <c r="H902" t="s">
-        <v>3325</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>3326</v>
+        <v>3338</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>1881</v>
+        <v>1864</v>
       </c>
       <c r="D903" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E903" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F903" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>3327</v>
+        <v>3339</v>
       </c>
       <c r="H903" t="s">
-        <v>3328</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>3329</v>
+        <v>3341</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>1885</v>
+        <v>1868</v>
       </c>
       <c r="D904" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E904" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F904" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>3330</v>
+        <v>3342</v>
       </c>
       <c r="H904" t="s">
-        <v>3331</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>3332</v>
+        <v>3344</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>1889</v>
+        <v>1872</v>
       </c>
       <c r="D905" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E905" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F905" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>3333</v>
+        <v>3345</v>
       </c>
       <c r="H905" t="s">
-        <v>3334</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>3335</v>
+        <v>3347</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>1893</v>
+        <v>1876</v>
       </c>
       <c r="D906" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E906" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F906" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>3336</v>
+        <v>3348</v>
       </c>
       <c r="H906" t="s">
-        <v>3337</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
-        <v>3338</v>
+        <v>3350</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>1897</v>
+        <v>1880</v>
       </c>
       <c r="D907" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E907" t="s">
-        <v>3115</v>
-[...2 lines deleted...]
-        <v>3116</v>
+        <v>3188</v>
       </c>
       <c r="G907" s="1" t="s">
-        <v>3339</v>
+        <v>3351</v>
       </c>
       <c r="H907" t="s">
-        <v>3340</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
-        <v>3341</v>
+        <v>3353</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>1901</v>
+        <v>1884</v>
       </c>
       <c r="D908" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E908" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F908" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G908" s="1" t="s">
-        <v>3342</v>
+        <v>3354</v>
       </c>
       <c r="H908" t="s">
-        <v>3343</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
-        <v>3344</v>
+        <v>3356</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>1905</v>
+        <v>1888</v>
       </c>
       <c r="D909" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E909" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F909" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G909" s="1" t="s">
-        <v>3345</v>
+        <v>3357</v>
       </c>
       <c r="H909" t="s">
-        <v>3346</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
-        <v>3347</v>
+        <v>3359</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>1909</v>
+        <v>1892</v>
       </c>
       <c r="D910" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E910" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F910" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G910" s="1" t="s">
-        <v>3348</v>
+        <v>3360</v>
       </c>
       <c r="H910" t="s">
-        <v>3349</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
-        <v>3350</v>
+        <v>3362</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>1913</v>
+        <v>1896</v>
       </c>
       <c r="D911" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E911" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F911" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G911" s="1" t="s">
-        <v>3351</v>
+        <v>3363</v>
       </c>
       <c r="H911" t="s">
-        <v>3352</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
-        <v>3353</v>
+        <v>3365</v>
       </c>
       <c r="B912" t="s">
         <v>9</v>
       </c>
       <c r="C912" t="s">
-        <v>3354</v>
+        <v>3132</v>
       </c>
       <c r="D912" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E912" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F912" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G912" s="1" t="s">
-        <v>3355</v>
+        <v>3366</v>
       </c>
       <c r="H912" t="s">
-        <v>3356</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
-        <v>3179</v>
+        <v>3368</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>3357</v>
+        <v>3369</v>
       </c>
       <c r="D913" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E913" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F913" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G913" s="1" t="s">
-        <v>3358</v>
+        <v>3370</v>
       </c>
       <c r="H913" t="s">
-        <v>3359</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
-        <v>3183</v>
+        <v>3372</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>3065</v>
+        <v>2973</v>
       </c>
       <c r="D914" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E914" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F914" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G914" s="1" t="s">
-        <v>3360</v>
+        <v>3373</v>
       </c>
       <c r="H914" t="s">
-        <v>3361</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
-        <v>3196</v>
+        <v>3375</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>3068</v>
+        <v>3164</v>
       </c>
       <c r="D915" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E915" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F915" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G915" s="1" t="s">
-        <v>3362</v>
+        <v>3376</v>
       </c>
       <c r="H915" t="s">
-        <v>3363</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
-        <v>3296</v>
+        <v>3378</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>3071</v>
+        <v>2667</v>
       </c>
       <c r="D916" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E916" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F916" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G916" s="1" t="s">
-        <v>3364</v>
+        <v>3379</v>
       </c>
       <c r="H916" t="s">
-        <v>3365</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
-        <v>3354</v>
+        <v>3381</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>2912</v>
+        <v>2670</v>
       </c>
       <c r="D917" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E917" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F917" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G917" s="1" t="s">
-        <v>3366</v>
+        <v>3382</v>
       </c>
       <c r="H917" t="s">
-        <v>3367</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
-        <v>3357</v>
+        <v>3384</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>2916</v>
+        <v>488</v>
       </c>
       <c r="D918" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E918" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F918" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G918" s="1" t="s">
-        <v>3368</v>
+        <v>3385</v>
       </c>
       <c r="H918" t="s">
-        <v>3369</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
-        <v>3370</v>
+        <v>3387</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>2920</v>
+        <v>492</v>
       </c>
       <c r="D919" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E919" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F919" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G919" s="1" t="s">
-        <v>3371</v>
+        <v>3388</v>
       </c>
       <c r="H919" t="s">
-        <v>3372</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
-        <v>3373</v>
+        <v>3390</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="D920" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E920" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F920" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G920" s="1" t="s">
-        <v>3374</v>
+        <v>3391</v>
       </c>
       <c r="H920" t="s">
-        <v>3375</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
-        <v>3376</v>
+        <v>3393</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>512</v>
+        <v>500</v>
       </c>
       <c r="D921" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E921" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F921" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G921" s="1" t="s">
-        <v>3377</v>
+        <v>3394</v>
       </c>
       <c r="H921" t="s">
-        <v>3378</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
-        <v>3379</v>
+        <v>3396</v>
       </c>
       <c r="B922" t="s">
         <v>9</v>
       </c>
       <c r="C922" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="D922" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E922" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F922" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G922" s="1" t="s">
-        <v>3380</v>
+        <v>3397</v>
       </c>
       <c r="H922" t="s">
-        <v>3381</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
-        <v>3382</v>
+        <v>3399</v>
       </c>
       <c r="B923" t="s">
         <v>9</v>
       </c>
       <c r="C923" t="s">
-        <v>520</v>
+        <v>1900</v>
       </c>
       <c r="D923" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E923" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F923" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G923" s="1" t="s">
-        <v>3383</v>
+        <v>3400</v>
       </c>
       <c r="H923" t="s">
-        <v>3384</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
-        <v>3385</v>
+        <v>3402</v>
       </c>
       <c r="B924" t="s">
         <v>9</v>
       </c>
       <c r="C924" t="s">
-        <v>1917</v>
+        <v>1904</v>
       </c>
       <c r="D924" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E924" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F924" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G924" s="1" t="s">
-        <v>3386</v>
+        <v>3403</v>
       </c>
       <c r="H924" t="s">
-        <v>3387</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
-        <v>3388</v>
+        <v>3405</v>
       </c>
       <c r="B925" t="s">
         <v>9</v>
       </c>
       <c r="C925" t="s">
-        <v>1921</v>
+        <v>1908</v>
       </c>
       <c r="D925" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E925" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F925" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G925" s="1" t="s">
-        <v>3389</v>
+        <v>3406</v>
       </c>
       <c r="H925" t="s">
-        <v>3390</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
-        <v>3391</v>
+        <v>3408</v>
       </c>
       <c r="B926" t="s">
         <v>9</v>
       </c>
       <c r="C926" t="s">
-        <v>1925</v>
+        <v>1912</v>
       </c>
       <c r="D926" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E926" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F926" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G926" s="1" t="s">
-        <v>3392</v>
+        <v>3409</v>
       </c>
       <c r="H926" t="s">
-        <v>3393</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
-        <v>3394</v>
+        <v>3411</v>
       </c>
       <c r="B927" t="s">
         <v>9</v>
       </c>
       <c r="C927" t="s">
-        <v>1929</v>
+        <v>1916</v>
       </c>
       <c r="D927" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E927" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F927" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G927" s="1" t="s">
-        <v>3395</v>
+        <v>3412</v>
       </c>
       <c r="H927" t="s">
-        <v>3396</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
-        <v>3397</v>
+        <v>3414</v>
       </c>
       <c r="B928" t="s">
         <v>9</v>
       </c>
       <c r="C928" t="s">
-        <v>1933</v>
+        <v>1920</v>
       </c>
       <c r="D928" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E928" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F928" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G928" s="1" t="s">
-        <v>3398</v>
+        <v>3415</v>
       </c>
       <c r="H928" t="s">
-        <v>3399</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
-        <v>3400</v>
+        <v>3417</v>
       </c>
       <c r="B929" t="s">
         <v>9</v>
       </c>
       <c r="C929" t="s">
-        <v>1937</v>
+        <v>1924</v>
       </c>
       <c r="D929" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E929" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F929" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G929" s="1" t="s">
-        <v>3401</v>
+        <v>3418</v>
       </c>
       <c r="H929" t="s">
-        <v>3402</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
-        <v>3403</v>
+        <v>3420</v>
       </c>
       <c r="B930" t="s">
         <v>9</v>
       </c>
       <c r="C930" t="s">
-        <v>1941</v>
+        <v>1928</v>
       </c>
       <c r="D930" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E930" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F930" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G930" s="1" t="s">
-        <v>3404</v>
+        <v>3421</v>
       </c>
       <c r="H930" t="s">
-        <v>3405</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
-        <v>3406</v>
+        <v>3423</v>
       </c>
       <c r="B931" t="s">
         <v>9</v>
       </c>
       <c r="C931" t="s">
-        <v>1945</v>
+        <v>1932</v>
       </c>
       <c r="D931" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E931" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F931" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>3407</v>
+        <v>3424</v>
       </c>
       <c r="H931" t="s">
-        <v>3408</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
-        <v>3409</v>
+        <v>3426</v>
       </c>
       <c r="B932" t="s">
         <v>9</v>
       </c>
       <c r="C932" t="s">
-        <v>3370</v>
+        <v>3427</v>
       </c>
       <c r="D932" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E932" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F932" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>74</v>
+        <v>3428</v>
       </c>
       <c r="H932" t="s">
-        <v>3410</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
-        <v>3411</v>
+        <v>3252</v>
       </c>
       <c r="B933" t="s">
         <v>9</v>
       </c>
       <c r="C933" t="s">
-        <v>524</v>
+        <v>3430</v>
       </c>
       <c r="D933" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E933" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F933" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>74</v>
+        <v>3431</v>
       </c>
       <c r="H933" t="s">
-        <v>3412</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
-        <v>3413</v>
+        <v>3256</v>
       </c>
       <c r="B934" t="s">
         <v>9</v>
       </c>
       <c r="C934" t="s">
-        <v>528</v>
+        <v>3135</v>
       </c>
       <c r="D934" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E934" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F934" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G934" s="1" t="s">
-        <v>3414</v>
+        <v>3433</v>
       </c>
       <c r="H934" t="s">
-        <v>3415</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
-        <v>3416</v>
+        <v>3269</v>
       </c>
       <c r="B935" t="s">
         <v>9</v>
       </c>
       <c r="C935" t="s">
-        <v>532</v>
+        <v>3138</v>
       </c>
       <c r="D935" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E935" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F935" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G935" s="1" t="s">
-        <v>3417</v>
+        <v>3435</v>
       </c>
       <c r="H935" t="s">
-        <v>3418</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
-        <v>3419</v>
+        <v>3369</v>
       </c>
       <c r="B936" t="s">
         <v>9</v>
       </c>
       <c r="C936" t="s">
-        <v>1949</v>
+        <v>3141</v>
       </c>
       <c r="D936" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E936" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F936" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G936" s="1" t="s">
-        <v>3420</v>
+        <v>3437</v>
       </c>
       <c r="H936" t="s">
-        <v>3421</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
-        <v>3422</v>
+        <v>3427</v>
       </c>
       <c r="B937" t="s">
         <v>9</v>
       </c>
       <c r="C937" t="s">
-        <v>1953</v>
+        <v>2977</v>
       </c>
       <c r="D937" t="s">
-        <v>3114</v>
+        <v>3187</v>
       </c>
       <c r="E937" t="s">
-        <v>3115</v>
+        <v>3188</v>
       </c>
       <c r="F937" t="s">
-        <v>3116</v>
+        <v>3189</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>3423</v>
+        <v>3439</v>
       </c>
       <c r="H937" t="s">
-        <v>3424</v>
+        <v>3440</v>
+      </c>
+    </row>
+    <row r="938" spans="1:8">
+      <c r="A938" t="s">
+        <v>3430</v>
+      </c>
+      <c r="B938" t="s">
+        <v>9</v>
+      </c>
+      <c r="C938" t="s">
+        <v>2981</v>
+      </c>
+      <c r="D938" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E938" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F938" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G938" s="1" t="s">
+        <v>3441</v>
+      </c>
+      <c r="H938" t="s">
+        <v>3442</v>
+      </c>
+    </row>
+    <row r="939" spans="1:8">
+      <c r="A939" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B939" t="s">
+        <v>9</v>
+      </c>
+      <c r="C939" t="s">
+        <v>2985</v>
+      </c>
+      <c r="D939" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E939" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F939" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G939" s="1" t="s">
+        <v>3444</v>
+      </c>
+      <c r="H939" t="s">
+        <v>3445</v>
+      </c>
+    </row>
+    <row r="940" spans="1:8">
+      <c r="A940" t="s">
+        <v>3446</v>
+      </c>
+      <c r="B940" t="s">
+        <v>9</v>
+      </c>
+      <c r="C940" t="s">
+        <v>508</v>
+      </c>
+      <c r="D940" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E940" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F940" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G940" s="1" t="s">
+        <v>3447</v>
+      </c>
+      <c r="H940" t="s">
+        <v>3448</v>
+      </c>
+    </row>
+    <row r="941" spans="1:8">
+      <c r="A941" t="s">
+        <v>3449</v>
+      </c>
+      <c r="B941" t="s">
+        <v>9</v>
+      </c>
+      <c r="C941" t="s">
+        <v>512</v>
+      </c>
+      <c r="D941" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E941" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F941" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G941" s="1" t="s">
+        <v>3450</v>
+      </c>
+      <c r="H941" t="s">
+        <v>3451</v>
+      </c>
+    </row>
+    <row r="942" spans="1:8">
+      <c r="A942" t="s">
+        <v>3452</v>
+      </c>
+      <c r="B942" t="s">
+        <v>9</v>
+      </c>
+      <c r="C942" t="s">
+        <v>516</v>
+      </c>
+      <c r="D942" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E942" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F942" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G942" s="1" t="s">
+        <v>3453</v>
+      </c>
+      <c r="H942" t="s">
+        <v>3454</v>
+      </c>
+    </row>
+    <row r="943" spans="1:8">
+      <c r="A943" t="s">
+        <v>3455</v>
+      </c>
+      <c r="B943" t="s">
+        <v>9</v>
+      </c>
+      <c r="C943" t="s">
+        <v>520</v>
+      </c>
+      <c r="D943" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E943" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F943" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G943" s="1" t="s">
+        <v>3456</v>
+      </c>
+      <c r="H943" t="s">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="944" spans="1:8">
+      <c r="A944" t="s">
+        <v>3458</v>
+      </c>
+      <c r="B944" t="s">
+        <v>9</v>
+      </c>
+      <c r="C944" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D944" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E944" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F944" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G944" s="1" t="s">
+        <v>3459</v>
+      </c>
+      <c r="H944" t="s">
+        <v>3460</v>
+      </c>
+    </row>
+    <row r="945" spans="1:8">
+      <c r="A945" t="s">
+        <v>3461</v>
+      </c>
+      <c r="B945" t="s">
+        <v>9</v>
+      </c>
+      <c r="C945" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D945" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E945" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F945" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G945" s="1" t="s">
+        <v>3462</v>
+      </c>
+      <c r="H945" t="s">
+        <v>3463</v>
+      </c>
+    </row>
+    <row r="946" spans="1:8">
+      <c r="A946" t="s">
+        <v>3464</v>
+      </c>
+      <c r="B946" t="s">
+        <v>9</v>
+      </c>
+      <c r="C946" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D946" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E946" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F946" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G946" s="1" t="s">
+        <v>3465</v>
+      </c>
+      <c r="H946" t="s">
+        <v>3466</v>
+      </c>
+    </row>
+    <row r="947" spans="1:8">
+      <c r="A947" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B947" t="s">
+        <v>9</v>
+      </c>
+      <c r="C947" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D947" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E947" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F947" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G947" s="1" t="s">
+        <v>3468</v>
+      </c>
+      <c r="H947" t="s">
+        <v>3469</v>
+      </c>
+    </row>
+    <row r="948" spans="1:8">
+      <c r="A948" t="s">
+        <v>3470</v>
+      </c>
+      <c r="B948" t="s">
+        <v>9</v>
+      </c>
+      <c r="C948" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D948" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E948" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F948" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G948" s="1" t="s">
+        <v>3471</v>
+      </c>
+      <c r="H948" t="s">
+        <v>3472</v>
+      </c>
+    </row>
+    <row r="949" spans="1:8">
+      <c r="A949" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B949" t="s">
+        <v>9</v>
+      </c>
+      <c r="C949" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D949" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E949" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F949" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G949" s="1" t="s">
+        <v>3474</v>
+      </c>
+      <c r="H949" t="s">
+        <v>3475</v>
+      </c>
+    </row>
+    <row r="950" spans="1:8">
+      <c r="A950" t="s">
+        <v>3476</v>
+      </c>
+      <c r="B950" t="s">
+        <v>9</v>
+      </c>
+      <c r="C950" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D950" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E950" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F950" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G950" s="1" t="s">
+        <v>3477</v>
+      </c>
+      <c r="H950" t="s">
+        <v>3478</v>
+      </c>
+    </row>
+    <row r="951" spans="1:8">
+      <c r="A951" t="s">
+        <v>3479</v>
+      </c>
+      <c r="B951" t="s">
+        <v>9</v>
+      </c>
+      <c r="C951" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D951" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E951" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F951" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G951" s="1" t="s">
+        <v>3480</v>
+      </c>
+      <c r="H951" t="s">
+        <v>3481</v>
+      </c>
+    </row>
+    <row r="952" spans="1:8">
+      <c r="A952" t="s">
+        <v>3482</v>
+      </c>
+      <c r="B952" t="s">
+        <v>9</v>
+      </c>
+      <c r="C952" t="s">
+        <v>3443</v>
+      </c>
+      <c r="D952" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E952" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F952" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G952" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H952" t="s">
+        <v>3483</v>
+      </c>
+    </row>
+    <row r="953" spans="1:8">
+      <c r="A953" t="s">
+        <v>3484</v>
+      </c>
+      <c r="B953" t="s">
+        <v>9</v>
+      </c>
+      <c r="C953" t="s">
+        <v>524</v>
+      </c>
+      <c r="D953" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E953" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F953" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G953" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H953" t="s">
+        <v>3485</v>
+      </c>
+    </row>
+    <row r="954" spans="1:8">
+      <c r="A954" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B954" t="s">
+        <v>9</v>
+      </c>
+      <c r="C954" t="s">
+        <v>528</v>
+      </c>
+      <c r="D954" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E954" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F954" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G954" s="1" t="s">
+        <v>3487</v>
+      </c>
+      <c r="H954" t="s">
+        <v>3488</v>
+      </c>
+    </row>
+    <row r="955" spans="1:8">
+      <c r="A955" t="s">
+        <v>3489</v>
+      </c>
+      <c r="B955" t="s">
+        <v>9</v>
+      </c>
+      <c r="C955" t="s">
+        <v>532</v>
+      </c>
+      <c r="D955" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E955" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F955" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G955" s="1" t="s">
+        <v>3490</v>
+      </c>
+      <c r="H955" t="s">
+        <v>3491</v>
+      </c>
+    </row>
+    <row r="956" spans="1:8">
+      <c r="A956" t="s">
+        <v>3492</v>
+      </c>
+      <c r="B956" t="s">
+        <v>9</v>
+      </c>
+      <c r="C956" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D956" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E956" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F956" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G956" s="1" t="s">
+        <v>3493</v>
+      </c>
+      <c r="H956" t="s">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="957" spans="1:8">
+      <c r="A957" t="s">
+        <v>3495</v>
+      </c>
+      <c r="B957" t="s">
+        <v>9</v>
+      </c>
+      <c r="C957" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D957" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E957" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F957" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G957" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="H957" t="s">
+        <v>3497</v>
+      </c>
+    </row>
+    <row r="958" spans="1:8">
+      <c r="A958" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B958" t="s">
+        <v>9</v>
+      </c>
+      <c r="C958" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D958" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E958" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F958" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G958" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="H958" t="s">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="959" spans="1:8">
+      <c r="A959" t="s">
+        <v>3501</v>
+      </c>
+      <c r="B959" t="s">
+        <v>9</v>
+      </c>
+      <c r="C959" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D959" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E959" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F959" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G959" s="1" t="s">
+        <v>3502</v>
+      </c>
+      <c r="H959" t="s">
+        <v>3503</v>
+      </c>
+    </row>
+    <row r="960" spans="1:8">
+      <c r="A960" t="s">
+        <v>3504</v>
+      </c>
+      <c r="B960" t="s">
+        <v>9</v>
+      </c>
+      <c r="C960" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D960" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E960" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F960" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G960" s="1" t="s">
+        <v>3505</v>
+      </c>
+      <c r="H960" t="s">
+        <v>3506</v>
+      </c>
+    </row>
+    <row r="961" spans="1:8">
+      <c r="A961" t="s">
+        <v>3507</v>
+      </c>
+      <c r="B961" t="s">
+        <v>9</v>
+      </c>
+      <c r="C961" t="s">
+        <v>2989</v>
+      </c>
+      <c r="D961" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E961" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F961" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G961" s="1" t="s">
+        <v>3508</v>
+      </c>
+      <c r="H961" t="s">
+        <v>3509</v>
+      </c>
+    </row>
+    <row r="962" spans="1:8">
+      <c r="A962" t="s">
+        <v>3510</v>
+      </c>
+      <c r="B962" t="s">
+        <v>9</v>
+      </c>
+      <c r="C962" t="s">
+        <v>3144</v>
+      </c>
+      <c r="D962" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E962" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F962" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G962" s="1" t="s">
+        <v>3511</v>
+      </c>
+      <c r="H962" t="s">
+        <v>3512</v>
+      </c>
+    </row>
+    <row r="963" spans="1:8">
+      <c r="A963" t="s">
+        <v>3513</v>
+      </c>
+      <c r="B963" t="s">
+        <v>9</v>
+      </c>
+      <c r="C963" t="s">
+        <v>3147</v>
+      </c>
+      <c r="D963" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E963" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F963" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G963" s="1" t="s">
+        <v>3514</v>
+      </c>
+      <c r="H963" t="s">
+        <v>3515</v>
+      </c>
+    </row>
+    <row r="964" spans="1:8">
+      <c r="A964" t="s">
+        <v>3516</v>
+      </c>
+      <c r="B964" t="s">
+        <v>9</v>
+      </c>
+      <c r="C964" t="s">
+        <v>536</v>
+      </c>
+      <c r="D964" t="s">
+        <v>3187</v>
+      </c>
+      <c r="E964" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F964" t="s">
+        <v>3189</v>
+      </c>
+      <c r="G964" s="1" t="s">
+        <v>3517</v>
+      </c>
+      <c r="H964" t="s">
+        <v>3518</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -35949,50 +36933,77 @@
     <hyperlink ref="G913" r:id="rId912"/>
     <hyperlink ref="G914" r:id="rId913"/>
     <hyperlink ref="G915" r:id="rId914"/>
     <hyperlink ref="G916" r:id="rId915"/>
     <hyperlink ref="G917" r:id="rId916"/>
     <hyperlink ref="G918" r:id="rId917"/>
     <hyperlink ref="G919" r:id="rId918"/>
     <hyperlink ref="G920" r:id="rId919"/>
     <hyperlink ref="G921" r:id="rId920"/>
     <hyperlink ref="G922" r:id="rId921"/>
     <hyperlink ref="G923" r:id="rId922"/>
     <hyperlink ref="G924" r:id="rId923"/>
     <hyperlink ref="G925" r:id="rId924"/>
     <hyperlink ref="G926" r:id="rId925"/>
     <hyperlink ref="G927" r:id="rId926"/>
     <hyperlink ref="G928" r:id="rId927"/>
     <hyperlink ref="G929" r:id="rId928"/>
     <hyperlink ref="G930" r:id="rId929"/>
     <hyperlink ref="G931" r:id="rId930"/>
     <hyperlink ref="G932" r:id="rId931"/>
     <hyperlink ref="G933" r:id="rId932"/>
     <hyperlink ref="G934" r:id="rId933"/>
     <hyperlink ref="G935" r:id="rId934"/>
     <hyperlink ref="G936" r:id="rId935"/>
     <hyperlink ref="G937" r:id="rId936"/>
+    <hyperlink ref="G938" r:id="rId937"/>
+    <hyperlink ref="G939" r:id="rId938"/>
+    <hyperlink ref="G940" r:id="rId939"/>
+    <hyperlink ref="G941" r:id="rId940"/>
+    <hyperlink ref="G942" r:id="rId941"/>
+    <hyperlink ref="G943" r:id="rId942"/>
+    <hyperlink ref="G944" r:id="rId943"/>
+    <hyperlink ref="G945" r:id="rId944"/>
+    <hyperlink ref="G946" r:id="rId945"/>
+    <hyperlink ref="G947" r:id="rId946"/>
+    <hyperlink ref="G948" r:id="rId947"/>
+    <hyperlink ref="G949" r:id="rId948"/>
+    <hyperlink ref="G950" r:id="rId949"/>
+    <hyperlink ref="G951" r:id="rId950"/>
+    <hyperlink ref="G952" r:id="rId951"/>
+    <hyperlink ref="G953" r:id="rId952"/>
+    <hyperlink ref="G954" r:id="rId953"/>
+    <hyperlink ref="G955" r:id="rId954"/>
+    <hyperlink ref="G956" r:id="rId955"/>
+    <hyperlink ref="G957" r:id="rId956"/>
+    <hyperlink ref="G958" r:id="rId957"/>
+    <hyperlink ref="G959" r:id="rId958"/>
+    <hyperlink ref="G960" r:id="rId959"/>
+    <hyperlink ref="G961" r:id="rId960"/>
+    <hyperlink ref="G962" r:id="rId961"/>
+    <hyperlink ref="G963" r:id="rId962"/>
+    <hyperlink ref="G964" r:id="rId963"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>